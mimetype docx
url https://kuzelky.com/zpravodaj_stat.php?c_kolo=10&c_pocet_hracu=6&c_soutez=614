--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -617,51 +617,51 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ročník 2022/2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>7.12.2025</w:t>
+        <w:t>15.12.2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00F65361" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00FA00A1" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t> Východočeská divize 2022/2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00FA00A1" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpiskola"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>