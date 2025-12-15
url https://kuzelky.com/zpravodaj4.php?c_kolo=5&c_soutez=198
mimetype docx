--- v0 (2025-12-08)
+++ v1 (2025-12-15)
@@ -16840,121 +16840,121 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>5x</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007D7338" w:rsidP="007D7338">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>15164</w:t>
-[...6 lines deleted...]
-        <w:t>Jaroslav Kejzlar</w:t>
+        <w:t>2557</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Dušan Plocek</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>24.10.2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>TJ Start Rychnov n. Kn.</w:t>
+        <w:t>KK Kosmonosy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>5x</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007D7338" w:rsidP="007D7338">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>2557</w:t>
-[...6 lines deleted...]
-        <w:t>Dušan Plocek</w:t>
+        <w:t>15164</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Jaroslav Kejzlar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>24.10.2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>KK Kosmonosy </w:t>
+        <w:t>TJ Start Rychnov n. Kn.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>5x</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007D7338" w:rsidP="007D7338">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>