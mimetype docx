--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -457,82 +457,82 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ročník 2021/2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>24.9.2021</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34BF455E" w14:textId="77777777" w:rsidRDefault="00F65361" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28D50748" w14:textId="77777777" w:rsidRDefault="00E95D68" w:rsidP="003D381D">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Nejlepšího výkonu v tomto kole: 2630 dosáhlo družstvo: TJ Sparta Kutná Hora B</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8530B9" w14:textId="77777777" w:rsidRDefault="0048382E" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t>Středočeský krajský přebor I. třídy 2021/2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AADB57" w14:textId="77777777" w:rsidRDefault="00FF56AB" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpiskola"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Výsledky 3. kola</w:t>
@@ -545,528 +545,50 @@
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C86933F" w14:textId="77777777" w:rsidRDefault="00D96752" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Souhrnný přehled výsledků:</w:t>
-      </w:r>
-[...476 lines deleted...]
-        <w:t>24.9.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BADBDED" w14:textId="77777777" w:rsidRDefault="000C39FB" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tabulka družstev:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135C12B4" w14:textId="77777777" w:rsidRDefault="000F2689" w:rsidP="003F18AD">
       <w:pPr>
         <w:pStyle w:val="Tabulka"/>
       </w:pPr>
       <w:r>
@@ -3212,8215 +2734,950 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Výkon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2000E6B3" w14:textId="77777777" w:rsidTr="00414CE1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC1A314" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1299FFD9" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Jana Abrahámová</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F8E98B" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kutná Hora C</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40245ECD" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>471</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E55A820" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471FC2AB" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>2x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287BFB4E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Břetislav Vystrčil</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3764A95E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kosmonosy B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2404F" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>115.2</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5629E346" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>458</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2000E6B3" w14:textId="77777777" w:rsidTr="00414CE1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC1A314" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1299FFD9" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>František Tesař</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F8E98B" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kutná Hora B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40245ECD" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>469</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E55A820" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471FC2AB" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287BFB4E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>David Novák</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3764A95E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kostelec A</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2404F" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>111.6</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5629E346" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>450</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2000E6B3" w14:textId="77777777" w:rsidTr="00414CE1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC1A314" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1299FFD9" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Jaroslav Čermák</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F8E98B" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kutná Hora B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40245ECD" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>458</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E55A820" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471FC2AB" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287BFB4E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Tomáš Vavřinec</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3764A95E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Tehovec B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2404F" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>110.11</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5629E346" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>444</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2000E6B3" w14:textId="77777777" w:rsidTr="00414CE1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC1A314" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1299FFD9" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Adam Janda</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F8E98B" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kutná Hora B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40245ECD" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>458</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E55A820" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471FC2AB" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287BFB4E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Jana Abrahámová</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3764A95E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kutná Hora C</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2404F" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>109.43</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5629E346" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>471</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2000E6B3" w14:textId="77777777" w:rsidTr="00414CE1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC1A314" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1299FFD9" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Břetislav Vystrčil</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F8E98B" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kosmonosy B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40245ECD" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>458</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E55A820" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471FC2AB" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287BFB4E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>František Tesař</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3764A95E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kutná Hora B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2404F" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>108.96</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5629E346" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>469</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2000E6B3" w14:textId="77777777" w:rsidTr="00414CE1">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC1A314" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1299FFD9" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>David Novák</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F8E98B" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Kostelec A</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40245ECD" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>450</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E55A820" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471FC2AB" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>
-[...3 lines deleted...]
-              </w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287BFB4E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>
-[...3 lines deleted...]
-              </w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3764A95E" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>
-[...3 lines deleted...]
-              </w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2404F" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>
-[...3 lines deleted...]
-              </w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5629E346" w14:textId="77777777" w:rsidRDefault="00B452AF" w:rsidP="00414CE1">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>
-[...3 lines deleted...]
-              </w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D9F1494" w14:textId="77777777" w:rsidRDefault="009D6872" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AE54A68" w14:textId="77777777" w:rsidRDefault="003C1929" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Podrobné výsledky kola:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09644D0E" w14:textId="77777777" w:rsidRDefault="00FB6374" w:rsidP="00FB6374">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t/>
-      </w:r>
-[...7243 lines deleted...]
-        <w:t>Nejlepšího výkonu v tomto utkání: 444 kuželek dosáhli: Pavel Vojta, Ladislav Kalous</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDFD164" w14:textId="77777777" w:rsidRDefault="000C39FB" w:rsidP="000C39FB">
       <w:pPr>
         <w:pStyle w:val="Nhozy"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B70CC15" w14:textId="77777777" w:rsidRDefault="004F2827" w:rsidP="00C07D81">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31522AE8" w14:textId="77777777" w:rsidRDefault="007124EA" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -16870,218 +9127,121 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t>datum startu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t>družstvo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t>číslo startu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EB4DDF" w14:textId="77777777" w:rsidRDefault="007D7338" w:rsidP="007D7338">
+    <w:p w14:paraId="3C174CB0" w14:textId="77777777" w:rsidRDefault="007D7338" w:rsidP="00414CE1">
+      <w:pPr>
+        <w:pStyle w:val="Nadpisy"/>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hráči dopsaní na soupisku:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E5CC55" w14:textId="77777777" w:rsidRDefault="007C2A3D" w:rsidP="007C2A3D">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...66 lines deleted...]
-        <w:ind w:firstLine="0"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
+        <w:t>registrační číslo</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>registrační číslo</w:t>
+        <w:tab/>
+        <w:t>jméno a příjmení </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
-        <w:t>jméno a příjmení </w:t>
+        <w:t>datum startu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
-        <w:t>datum startu </w:t>
+        <w:t>družstvo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58EE32E5" w14:textId="77777777" w:rsidRDefault="007C2A3D" w:rsidP="007C2A3D">
       <w:pPr>
         <w:pStyle w:val="Textvysvtlivek"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="452366F0" w14:textId="77777777" w:rsidRDefault="00561B81" w:rsidP="00414CE1">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -17096,380 +9256,50 @@
     <w:p w14:paraId="7A30E6AA" w14:textId="77777777" w:rsidRDefault="00C1106A" w:rsidP="00C1106A">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>4. kolo</w:t>
-      </w:r>
-[...328 lines deleted...]
-        <w:t/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="001F309A">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1134" w:left="1021" w:header="709" w:footer="419" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="54D07796" w14:textId="77777777" w:rsidR="006A3E61" w:rsidRDefault="006A3E61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="01BB15D8" w14:textId="77777777" w:rsidR="006A3E61" w:rsidRDefault="006A3E61">