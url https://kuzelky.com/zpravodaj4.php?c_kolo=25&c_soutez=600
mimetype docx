--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -617,604 +617,130 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ročník 2022/2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>7.4.2023</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00F65361" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00E95D68" w:rsidP="003D381D">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Nejlepšího výkonu v tomto kole: 1724 dosáhlo družstvo: HKK Olomouc C</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="0048382E" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t>Okresní přebor OL PV 2022/2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00FF56AB" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpiskola"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Výsledky 25. kola</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="004F2827" w:rsidP="004F2827">
       <w:pPr>
         <w:pStyle w:val="komentCharCharCharChar"/>
         <w:spacing w:before="60"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00D96752" w:rsidP="007E11AF">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:t>Souhrnný přehled výsledků:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRDefault="00DD19EF" w:rsidP="000D0BF7">
-[...472 lines deleted...]
-    </w:p>
     <w:p w:rsidRDefault="000C39FB" w:rsidP="007E11AF">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:t>Tabulka družstev:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="000F2689" w:rsidP="000D0BF7">
       <w:pPr>
         <w:pStyle w:val="Tabulka"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="00CC00"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -1476,288 +1002,288 @@
         <w:pStyle w:val="Tabulka"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>KK Šternberk</w:t>
+        <w:t>SK Sigma A</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>15</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>147 : 83</w:t>
+        <w:t>139 : 91</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>1624</w:t>
+        <w:t>1620</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>31</w:t>
+        <w:t>32</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="000F2689" w:rsidP="000D0BF7">
       <w:pPr>
         <w:pStyle w:val="Tabulka"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>SK Sigma A</w:t>
+        <w:t>KK Šternberk</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>131 : 89</w:t>
+        <w:t>147 : 83</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>1620</w:t>
+        <w:t>1624</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>31</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="000F2689" w:rsidP="000D0BF7">
       <w:pPr>
         <w:pStyle w:val="Tabulka"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="nic"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
@@ -2705,107 +2231,107 @@
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>KK Troubelice A</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
-        <w:t>78 : 142</w:t>
+        <w:t>80 : 150</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:rFonts w:ascii="" w:hAnsi="" w:cs=""/>
         </w:rPr>
         <w:t>1519</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
@@ -3240,5812 +2766,934 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Výkon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidTr="00604FA3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>5x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Miroslav Hyc</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Sigma A</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>461</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>7x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Miroslav Hyc</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Sigma A</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>118.48</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>461</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidTr="00604FA3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>7x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Marian Hošek</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Olomouc C</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>453</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>2x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Miroslav Kotráš</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Troubelice A</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>113.6</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>442</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidTr="00604FA3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Marek Čépe</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Prostějov C</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>452</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Marek Čépe</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Prostějov C</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>111.34</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>452</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidTr="00604FA3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>12x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Radek Hejtman</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Olomouc D</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>447</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>7x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Marian Hošek</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Olomouc C</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>111.08</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>453</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidTr="00604FA3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Miroslav Kotráš</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Troubelice A</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>442</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>11x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Petr Pick</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Šternberk</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>110.26</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>429</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidTr="00604FA3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>3x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Martin Sekanina</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Lipník B</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>436</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>9x</w:t>
+              <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Jiří Vodák</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="nazevtymu"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Horka</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>108.97</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRDefault="00B452AF" w:rsidP="007E11AF">
             <w:pPr>
               <w:pStyle w:val="vykon"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>430</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRDefault="009D6872" w:rsidP="007E11AF">
       <w:pPr>
         <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="003C1929" w:rsidP="007E11AF">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:t>Podrobné výsledky kola:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00FB6374" w:rsidP="00FB6374">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t/>
-      </w:r>
-[...4876 lines deleted...]
-        <w:t>Nejlepší výkon utkání: 447 - Radek Hejtman</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="000C39FB" w:rsidP="000C39FB">
       <w:pPr>
         <w:pStyle w:val="Nhozy"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="004F2827" w:rsidP="00C07D81">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007124EA" w:rsidP="007124EA">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:t>Pořadí jednotlivců:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007124EA" w:rsidP="007124EA">
       <w:pPr>
@@ -15104,217 +9752,50 @@
         <w:t>jméno a příjmení </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t>datum startu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t>družstvo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t>číslo startu</w:t>
-      </w:r>
-[...165 lines deleted...]
-        <w:t>10x</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007D7338" w:rsidP="007C2A3D">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:t>Hráči dopsaní na soupisku:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007C2A3D" w:rsidP="007C2A3D">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15382,490 +9863,50 @@
     <w:p w:rsidRDefault="00C1106A" w:rsidP="00C1106A">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>26. kolo</w:t>
-      </w:r>
-[...438 lines deleted...]
-        <w:t/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="001F309A">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1134" w:left="1021" w:header="709" w:footer="419" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00622C9C" w:rsidRDefault="00622C9C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00622C9C" w:rsidRDefault="00622C9C">