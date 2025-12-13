--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Brno Husovice na kuželně Fiľakovo</t>
   </si>
   <si>
     <t>Jiří Radil</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Tomáš Baranyi</t>
   </si>
   <si>
     <t>Dušan Ryba</t>
   </si>
   <si>
@@ -72,50 +72,53 @@
     <t>Václav Mazur</t>
   </si>
   <si>
     <t>Michal Šimek</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>David PlŠek</t>
   </si>
   <si>
     <t>Tomáš VÁlka</t>
   </si>
   <si>
     <t>Jakub Haresta</t>
   </si>
   <si>
     <t>Tomáš ŽiŽlavskÝ</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>Jakub HnÁt</t>
   </si>
   <si>
     <t>Petr Hendrych</t>
   </si>
   <si>
     <t>Radim Meluzin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -827,135 +830,144 @@
         <v>584</v>
       </c>
       <c r="D40" s="6">
         <v>553</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="B41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="6">
         <v>120</v>
       </c>
       <c r="D41" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D43" s="5" t="s">
+      <c r="E43" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E43" s="5" t="s">
+      <c r="F43" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="B44" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="6">
+        <v>538</v>
+      </c>
+      <c r="D44" s="6">
         <v>552</v>
       </c>
-      <c r="D44" s="6">
+      <c r="E44" s="6">
         <v>583</v>
       </c>
-      <c r="E44" s="6">
+      <c r="F44" s="6">
         <v>578</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="B45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="6">
         <v>120</v>
       </c>
       <c r="D45" s="6">
         <v>120</v>
       </c>
       <c r="E45" s="6">
         <v>120</v>
       </c>
+      <c r="F45" s="6">
+        <v>120</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="B49" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="B52" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="6">
         <v>629</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57" s="1" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>