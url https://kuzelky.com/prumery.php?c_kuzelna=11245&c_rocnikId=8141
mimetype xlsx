--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Soběnov B na kuželně Soběnov</t>
   </si>
   <si>
     <t>Josef Šedivý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>5.11.2025</t>
   </si>
   <si>
     <t>26.3.2025</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
@@ -207,50 +207,53 @@
     <t>2.2.2022</t>
   </si>
   <si>
     <t>19.1.2022</t>
   </si>
   <si>
     <t>17.12.2021</t>
   </si>
   <si>
     <t>1.12.2021</t>
   </si>
   <si>
     <t>13.10.2021</t>
   </si>
   <si>
     <t>29.9.2021</t>
   </si>
   <si>
     <t>26.2.2020</t>
   </si>
   <si>
     <t>29.1.2020</t>
   </si>
   <si>
     <t>Markéta Šedivá</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>15.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>24.1.2025</t>
   </si>
@@ -1952,324 +1955,324 @@
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G19" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>69</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>70</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>71</v>
       </c>
       <c r="K19" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L19" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>73</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>74</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>75</v>
       </c>
       <c r="P19" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q19" s="7" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>77</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>78</v>
       </c>
       <c r="T19" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="U19" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="V19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W19" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="X19" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="Z19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB19" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>458</v>
+      </c>
+      <c r="D20" s="4">
         <v>440</v>
       </c>
-      <c r="D20" s="5">
+      <c r="E20" s="5">
         <v>429</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>454</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>422</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>438</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>428</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>460</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>461</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>438</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>457</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>374</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>414</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>432</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>436</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>436</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>447</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>453</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>432</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>404</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>445</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>424</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>426</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>450</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>403</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>442</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>441</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>409</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>433</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
-      <c r="D21" s="5">
+      <c r="D21" s="7">
+        <v>100</v>
+      </c>
+      <c r="E21" s="5">
         <v>120</v>
       </c>
-      <c r="E21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
-      <c r="M21" s="5">
+      <c r="M21" s="7">
+        <v>100</v>
+      </c>
+      <c r="N21" s="5">
         <v>120</v>
       </c>
-      <c r="N21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
       <c r="P21" s="7">
         <v>100</v>
       </c>
-      <c r="Q21" s="5">
+      <c r="Q21" s="7">
+        <v>100</v>
+      </c>
+      <c r="R21" s="5">
         <v>120</v>
       </c>
-      <c r="R21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
-      <c r="V21" s="5">
+      <c r="V21" s="7">
+        <v>100</v>
+      </c>
+      <c r="W21" s="5">
         <v>120</v>
       </c>
-      <c r="W21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
-      <c r="Z21" s="5">
+      <c r="Z21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA21" s="5">
         <v>120</v>
       </c>
-      <c r="AA21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
-      <c r="AD21" s="5">
-        <v>120</v>
+      <c r="AD21" s="7">
+        <v>100</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
-      <c r="AF21" s="7">
-        <v>100</v>
+      <c r="AF21" s="5">
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>6</v>
       </c>
@@ -2303,51 +2306,51 @@
       <c r="S23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>15</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>19</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>21</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>23</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>386</v>
       </c>
       <c r="D24" s="4">
@@ -2513,96 +2516,96 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>31</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>392</v>
       </c>
       <c r="D28" s="4">
         <v>373</v>
       </c>
       <c r="E28" s="4">
         <v>413</v>
       </c>
       <c r="F28" s="4">
         <v>418</v>
       </c>
       <c r="G28" s="4">
         <v>363</v>
       </c>
       <c r="H28" s="4">
         <v>415</v>
       </c>
       <c r="I28" s="4">
@@ -2657,51 +2660,51 @@
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>8</v>
       </c>
@@ -2726,72 +2729,72 @@
       <c r="P31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>42</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>404</v>
       </c>
       <c r="D32" s="4">
         <v>398</v>
       </c>
       <c r="E32" s="4">
         <v>423</v>
       </c>
       <c r="F32" s="4">
         <v>368</v>
       </c>
       <c r="G32" s="4">
         <v>429</v>
       </c>
       <c r="H32" s="4">
         <v>390</v>
       </c>
       <c r="I32" s="4">
@@ -2936,51 +2939,51 @@
       </c>
       <c r="Y33" s="7">
         <v>100</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>6</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>7</v>
       </c>