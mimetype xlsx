--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Soběnov B na kuželně Soběnov</t>
   </si>
   <si>
     <t>Josef Sysel</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Šedivý</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>5.11.2025</t>
   </si>
   <si>
@@ -210,50 +210,53 @@
     <t>2.2.2022</t>
   </si>
   <si>
     <t>19.1.2022</t>
   </si>
   <si>
     <t>17.12.2021</t>
   </si>
   <si>
     <t>1.12.2021</t>
   </si>
   <si>
     <t>13.10.2021</t>
   </si>
   <si>
     <t>29.9.2021</t>
   </si>
   <si>
     <t>26.2.2020</t>
   </si>
   <si>
     <t>29.1.2020</t>
   </si>
   <si>
     <t>Markéta Šedivá</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>15.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>24.1.2025</t>
   </si>
@@ -1955,324 +1958,324 @@
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F23" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>72</v>
       </c>
       <c r="K23" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23" s="7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>74</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>76</v>
       </c>
       <c r="P23" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q23" s="7" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>78</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>79</v>
       </c>
       <c r="T23" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="U23" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="V23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W23" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="X23" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="Z23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB23" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="AC23" s="7" t="s">
+      <c r="AD23" s="7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="4">
+        <v>458</v>
+      </c>
+      <c r="D24" s="4">
         <v>440</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>429</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>454</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>422</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>438</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>428</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>460</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>461</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>438</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>457</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>374</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>414</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>432</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>436</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>436</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>447</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>453</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>432</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>404</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>445</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>424</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>426</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>450</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>403</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>442</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>441</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>409</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>433</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
-      <c r="D25" s="5">
+      <c r="D25" s="7">
+        <v>100</v>
+      </c>
+      <c r="E25" s="5">
         <v>120</v>
       </c>
-      <c r="E25" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
       <c r="K25" s="7">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>100</v>
       </c>
-      <c r="M25" s="5">
+      <c r="M25" s="7">
+        <v>100</v>
+      </c>
+      <c r="N25" s="5">
         <v>120</v>
       </c>
-      <c r="N25" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
-      <c r="Q25" s="5">
+      <c r="Q25" s="7">
+        <v>100</v>
+      </c>
+      <c r="R25" s="5">
         <v>120</v>
       </c>
-      <c r="R25" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
-      <c r="V25" s="5">
+      <c r="V25" s="7">
+        <v>100</v>
+      </c>
+      <c r="W25" s="5">
         <v>120</v>
       </c>
-      <c r="W25" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
-      <c r="Z25" s="5">
+      <c r="Z25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA25" s="5">
         <v>120</v>
       </c>
-      <c r="AA25" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
-      <c r="AD25" s="5">
-        <v>120</v>
+      <c r="AD25" s="7">
+        <v>100</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
-      <c r="AF25" s="7">
-        <v>100</v>
+      <c r="AF25" s="5">
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>9</v>
       </c>
@@ -2306,51 +2309,51 @@
       <c r="S27" s="7" t="s">
         <v>43</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>18</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="4">
         <v>386</v>
       </c>
       <c r="D28" s="4">
@@ -2516,96 +2519,96 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
         <v>392</v>
       </c>
       <c r="D32" s="4">
         <v>373</v>
       </c>
       <c r="E32" s="4">
         <v>413</v>
       </c>
       <c r="F32" s="4">
         <v>418</v>
       </c>
       <c r="G32" s="4">
         <v>363</v>
       </c>
       <c r="H32" s="4">
         <v>415</v>
       </c>
       <c r="I32" s="4">
@@ -2660,51 +2663,51 @@
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
       <c r="M33" s="7">
         <v>100</v>
       </c>
       <c r="N33" s="7">
         <v>100</v>
       </c>
       <c r="O33" s="7">
         <v>100</v>
       </c>
       <c r="P33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>10</v>
       </c>