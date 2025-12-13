--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Soběnov  na kuželně Soběnov</t>
   </si>
   <si>
     <t>Olga Čutková</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
@@ -411,50 +411,53 @@
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>8.12.2018</t>
   </si>
   <si>
     <t>30.11.2018</t>
   </si>
   <si>
     <t>23.11.2018</t>
   </si>
   <si>
     <t>9.11.2018</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>21.9.2018</t>
   </si>
   <si>
     <t>Ludmila Čurdová</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>15.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>Jaroslava Kulhanová</t>
   </si>
   <si>
     <t>Josef Šedivý ml.</t>
   </si>
@@ -2720,227 +2723,227 @@
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="H31" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="O31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AB31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC31" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>394</v>
+      </c>
+      <c r="D32" s="4">
         <v>376</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>414</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>459</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>392</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>399</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>378</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>394</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>412</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>397</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>409</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>414</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>401</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>369</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>429</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>386</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>408</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>400</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="V32" s="4">
         <v>411</v>
       </c>
       <c r="W32" s="4">
+        <v>411</v>
+      </c>
+      <c r="X32" s="4">
         <v>432</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>450</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>417</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>391</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>428</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>401</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>411</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>417</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2996,280 +2999,280 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>136</v>
       </c>
       <c r="H35" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S35" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AD35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE35" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>461</v>
+      </c>
+      <c r="D36" s="4">
         <v>459</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>441</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>406</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>438</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>421</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>466</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>405</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>448</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>431</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>453</v>
       </c>
-      <c r="M36" s="7">
+      <c r="N36" s="7">
         <v>401</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>464</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>428</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>450</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>452</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>392</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>460</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>420</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>438</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>435</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>426</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>433</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>462</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>447</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>436</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>415</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>439</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>432</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
-      <c r="M37" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M37" s="6">
+        <v>100</v>
+      </c>
+      <c r="N37" s="7">
+        <v>120</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
@@ -3284,51 +3287,51 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>78</v>
       </c>
@@ -3572,51 +3575,51 @@
       </c>
       <c r="Z41" s="7">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>120</v>
       </c>
       <c r="AF41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>64</v>
       </c>
@@ -3665,51 +3668,51 @@
       <c r="X43" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>450</v>
       </c>
       <c r="D44" s="4">
         <v>425</v>
       </c>
       <c r="E44" s="4">
         <v>451</v>
       </c>
       <c r="F44" s="7">
         <v>411</v>
       </c>
       <c r="G44" s="4">
         <v>419</v>
       </c>
       <c r="H44" s="7">
         <v>426</v>
       </c>
       <c r="I44" s="4">
@@ -3860,432 +3863,432 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>120</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>133</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="H47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="J47" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="S47" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="S47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T47" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="U47" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="AA47" s="6" t="s">
+      <c r="AB47" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AB47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AE47" s="6" t="s">
+      <c r="AF47" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>420</v>
+      </c>
+      <c r="D48" s="4">
         <v>405</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>398</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>433</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>432</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>417</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>463</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>425</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>405</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>437</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>419</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>421</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>425</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>419</v>
       </c>
-      <c r="P48" s="7">
+      <c r="Q48" s="7">
         <v>428</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>432</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>407</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>446</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>452</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>441</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>428</v>
       </c>
-      <c r="W48" s="7">
+      <c r="X48" s="7">
         <v>432</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>419</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>460</v>
       </c>
-      <c r="Z48" s="7">
+      <c r="AA48" s="7">
         <v>422</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>439</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>408</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>417</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>411</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
-      <c r="G49" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="G49" s="6">
+        <v>100</v>
+      </c>
+      <c r="H49" s="7">
+        <v>120</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
-      <c r="P49" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="P49" s="6">
+        <v>100</v>
+      </c>
+      <c r="Q49" s="7">
+        <v>120</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
-      <c r="T49" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="T49" s="6">
+        <v>100</v>
+      </c>
+      <c r="U49" s="7">
+        <v>120</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
-      <c r="W49" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W49" s="6">
+        <v>100</v>
+      </c>
+      <c r="X49" s="7">
+        <v>120</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
-      <c r="Z49" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Z49" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA49" s="7">
+        <v>120</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>50</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AB51" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AC51" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AD51" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AE51" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="AF51" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>382</v>
       </c>
       <c r="D52" s="4">
         <v>314</v>
       </c>
       <c r="E52" s="4">
         <v>391</v>
       </c>
       <c r="F52" s="4">
         <v>396</v>
       </c>
       <c r="G52" s="4">
         <v>395</v>
       </c>
       <c r="H52" s="4">
         <v>395</v>
       </c>
       <c r="I52" s="4">
@@ -4436,339 +4439,339 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>133</v>
       </c>
       <c r="D55" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E55" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="E55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="G55" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>136</v>
       </c>
       <c r="I55" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="J55" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J55" s="6" t="s">
+      <c r="K55" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K55" s="6" t="s">
+      <c r="L55" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M55" s="6" t="s">
+      <c r="N55" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="N55" s="6" t="s">
+      <c r="O55" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O55" s="6" t="s">
+      <c r="P55" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P55" s="6" t="s">
+      <c r="Q55" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q55" s="6" t="s">
+      <c r="R55" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="R55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S55" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="T55" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T55" s="6" t="s">
+      <c r="U55" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="U55" s="6" t="s">
+      <c r="V55" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="V55" s="6" t="s">
+      <c r="W55" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="W55" s="6" t="s">
+      <c r="X55" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="X55" s="6" t="s">
+      <c r="Y55" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="Y55" s="6" t="s">
+      <c r="Z55" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Z55" s="6" t="s">
+      <c r="AA55" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="AA55" s="6" t="s">
+      <c r="AB55" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AB55" s="6" t="s">
+      <c r="AC55" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AC55" s="6" t="s">
+      <c r="AD55" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AD55" s="6" t="s">
+      <c r="AE55" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AE55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF55" s="6" t="s">
-        <v>59</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>458</v>
+      </c>
+      <c r="D56" s="4">
         <v>440</v>
       </c>
-      <c r="D56" s="7">
+      <c r="E56" s="7">
         <v>429</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>454</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>422</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>438</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>428</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>460</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>461</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>438</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>457</v>
       </c>
-      <c r="M56" s="7">
+      <c r="N56" s="7">
         <v>374</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>414</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>432</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>436</v>
       </c>
-      <c r="Q56" s="7">
+      <c r="R56" s="7">
         <v>436</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>447</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>453</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>432</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>404</v>
       </c>
-      <c r="V56" s="7">
+      <c r="W56" s="7">
         <v>445</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>424</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>426</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>450</v>
       </c>
-      <c r="Z56" s="7">
+      <c r="AA56" s="7">
         <v>403</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>442</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>441</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>409</v>
       </c>
-      <c r="AD56" s="7">
+      <c r="AE56" s="7">
         <v>433</v>
       </c>
-      <c r="AE56" s="7">
+      <c r="AF56" s="7">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
-      <c r="D57" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="D57" s="6">
+        <v>100</v>
+      </c>
+      <c r="E57" s="7">
+        <v>120</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">
         <v>100</v>
       </c>
       <c r="J57" s="6">
         <v>100</v>
       </c>
       <c r="K57" s="6">
         <v>100</v>
       </c>
       <c r="L57" s="6">
         <v>100</v>
       </c>
-      <c r="M57" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M57" s="6">
+        <v>100</v>
+      </c>
+      <c r="N57" s="7">
+        <v>120</v>
       </c>
       <c r="O57" s="6">
         <v>100</v>
       </c>
       <c r="P57" s="6">
         <v>100</v>
       </c>
-      <c r="Q57" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Q57" s="6">
+        <v>100</v>
+      </c>
+      <c r="R57" s="7">
+        <v>120</v>
       </c>
       <c r="S57" s="6">
         <v>100</v>
       </c>
       <c r="T57" s="6">
         <v>100</v>
       </c>
       <c r="U57" s="6">
         <v>100</v>
       </c>
-      <c r="V57" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="V57" s="6">
+        <v>100</v>
+      </c>
+      <c r="W57" s="7">
+        <v>120</v>
       </c>
       <c r="X57" s="6">
         <v>100</v>
       </c>
       <c r="Y57" s="6">
         <v>100</v>
       </c>
-      <c r="Z57" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Z57" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA57" s="7">
+        <v>120</v>
       </c>
       <c r="AB57" s="6">
         <v>100</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
-      <c r="AD57" s="7">
-        <v>120</v>
+      <c r="AD57" s="6">
+        <v>100</v>
       </c>
       <c r="AE57" s="7">
         <v>120</v>
       </c>
-      <c r="AF57" s="6">
-        <v>100</v>
+      <c r="AF57" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>75</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>78</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>100</v>
       </c>
@@ -5012,51 +5015,51 @@
       </c>
       <c r="Z61" s="7">
         <v>120</v>
       </c>
       <c r="AA61" s="7">
         <v>120</v>
       </c>
       <c r="AB61" s="7">
         <v>120</v>
       </c>
       <c r="AC61" s="7">
         <v>120</v>
       </c>
       <c r="AD61" s="7">
         <v>120</v>
       </c>
       <c r="AE61" s="7">
         <v>120</v>
       </c>
       <c r="AF61" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>77</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>78</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>100</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>101</v>
       </c>
@@ -5078,69 +5081,69 @@
       <c r="O63" s="6" t="s">
         <v>86</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>87</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>90</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>92</v>
       </c>
       <c r="S63" s="6" t="s">
         <v>93</v>
       </c>
       <c r="T63" s="6" t="s">
         <v>95</v>
       </c>
       <c r="U63" s="6" t="s">
         <v>103</v>
       </c>
       <c r="V63" s="6" t="s">
         <v>96</v>
       </c>
       <c r="W63" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="X63" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Y63" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="Z63" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AA63" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AB63" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="AC63" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="AD63" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AE63" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AF63" s="6" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="7">
         <v>456</v>
       </c>
       <c r="D64" s="7">
         <v>454</v>
       </c>
       <c r="E64" s="7">
         <v>407</v>
       </c>
       <c r="F64" s="7">