--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Výsledky hráčů družstva  na kuželně TJ Sokol Chotoviny</t>
   </si>
   <si>
     <t>Petr Klimek</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>28.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Pavel Kořínek</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Zdeněk Zeman</t>
   </si>
@@ -553,407 +556,425 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
+      <c r="E3" s="6" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="B4" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C4" s="4">
+        <v>418</v>
+      </c>
+      <c r="D4" s="4">
         <v>410</v>
       </c>
-      <c r="D4" s="7">
+      <c r="E4" s="7">
         <v>414</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="B5" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
-      <c r="D5" s="7">
+      <c r="D5" s="6">
+        <v>100</v>
+      </c>
+      <c r="E5" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>4</v>
+        <v>10</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="B8" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C8" s="4">
+        <v>357</v>
+      </c>
+      <c r="D8" s="4">
         <v>426</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>400</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>514</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
-      <c r="E9" s="7">
-        <v>120</v>
+      <c r="E9" s="6">
+        <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>120</v>
       </c>
+      <c r="G9" s="7">
+        <v>120</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C12" s="4">
         <v>447</v>
       </c>
       <c r="D12" s="4">
         <v>429</v>
       </c>
       <c r="E12" s="4">
         <v>413</v>
       </c>
       <c r="F12" s="4">
         <v>433</v>
       </c>
       <c r="G12" s="4">
         <v>398</v>
       </c>
       <c r="H12" s="7">
         <v>511</v>
       </c>
       <c r="I12" s="7">
         <v>429</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="7">
         <v>120</v>
       </c>
       <c r="I13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C20" s="7">
         <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C24" s="7">
         <v>422</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C28" s="4">
         <v>400</v>
       </c>
       <c r="D28" s="7">
         <v>527</v>
       </c>
       <c r="E28" s="7">
         <v>384</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C36" s="4">
         <v>436</v>
       </c>
       <c r="D36" s="7">
         <v>554</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C40" s="4">
         <v>409</v>
       </c>
       <c r="D40" s="7">
         <v>482</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>