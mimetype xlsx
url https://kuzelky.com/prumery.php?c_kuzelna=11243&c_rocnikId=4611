--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Chotoviny  na kuželně TJ Sokol Chotoviny</t>
   </si>
   <si>
     <t>Miroslav Vacko</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.12.2025</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>1.10.2025</t>
   </si>
   <si>
     <t>15.3.2023</t>
   </si>
   <si>
     <t>8.2.2023</t>
   </si>
   <si>
@@ -155,50 +155,53 @@
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>1.2.2019</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>9.11.2018</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>28.9.2018</t>
   </si>
   <si>
     <t>14.9.2018</t>
   </si>
   <si>
     <t>Zbyněk Hein</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -242,219 +245,219 @@
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
+    <t>Petr Křemen</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>19.9.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>14.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>10.11.2024</t>
+  </si>
+  <si>
+    <t>1.11.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>8.4.2022</t>
+  </si>
+  <si>
+    <t>11.2.2022</t>
+  </si>
+  <si>
+    <t>12.11.2021</t>
+  </si>
+  <si>
+    <t>24.9.2021</t>
+  </si>
+  <si>
+    <t>17.9.2021</t>
+  </si>
+  <si>
+    <t>10.9.2021</t>
+  </si>
+  <si>
+    <t>18.9.2020</t>
+  </si>
+  <si>
+    <t>4.9.2020</t>
+  </si>
+  <si>
+    <t>31.1.2020</t>
+  </si>
+  <si>
+    <t>22.3.2019</t>
+  </si>
+  <si>
+    <t>Alena Makovcová</t>
+  </si>
+  <si>
+    <t>25.3.2022</t>
+  </si>
+  <si>
+    <t>8.3.2022</t>
+  </si>
+  <si>
+    <t>4.3.2022</t>
+  </si>
+  <si>
+    <t>22.2.2022</t>
+  </si>
+  <si>
+    <t>14.1.2022</t>
+  </si>
+  <si>
+    <t>11.11.2021</t>
+  </si>
+  <si>
+    <t>5.11.2021</t>
+  </si>
+  <si>
+    <t>22.10.2021</t>
+  </si>
+  <si>
+    <t>12.10.2021</t>
+  </si>
+  <si>
+    <t>25.9.2020</t>
+  </si>
+  <si>
+    <t>21.1.2020</t>
+  </si>
+  <si>
+    <t>10.1.2020</t>
+  </si>
+  <si>
+    <t>15.3.2019</t>
+  </si>
+  <si>
+    <t>23.2.2019</t>
+  </si>
+  <si>
+    <t>8.2.2019</t>
+  </si>
+  <si>
+    <t>18.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>16.11.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>21.9.2018</t>
+  </si>
+  <si>
+    <t>Libor Hrstka</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>4.10.2025</t>
+  </si>
+  <si>
+    <t>1.2.2025</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>Jan Fořter</t>
+  </si>
+  <si>
     <t>7.10.2022</t>
-  </si>
-[...166 lines deleted...]
-    <t>Jan Fořter</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>Jan Bartoň</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>16.9.2022</t>
   </si>
   <si>
     <t>David Bartoň</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
@@ -1390,138 +1393,138 @@
       </c>
       <c r="AA11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="7">
+        <v>545</v>
+      </c>
+      <c r="D12" s="7">
         <v>559</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>538</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>532</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>540</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>602</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>536</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>561</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>587</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>562</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>550</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>518</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>550</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>572</v>
       </c>
-      <c r="P12" s="7">
+      <c r="Q12" s="7">
         <v>589</v>
       </c>
-      <c r="Q12" s="7">
+      <c r="R12" s="7">
         <v>548</v>
       </c>
-      <c r="R12" s="7">
+      <c r="S12" s="7">
         <v>556</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>552</v>
       </c>
-      <c r="T12" s="7">
+      <c r="U12" s="7">
         <v>568</v>
       </c>
-      <c r="U12" s="7">
+      <c r="V12" s="7">
         <v>598</v>
       </c>
-      <c r="V12" s="7">
+      <c r="W12" s="7">
         <v>597</v>
       </c>
-      <c r="W12" s="7">
+      <c r="X12" s="7">
         <v>545</v>
       </c>
-      <c r="X12" s="7">
+      <c r="Y12" s="7">
         <v>595</v>
       </c>
-      <c r="Y12" s="7">
+      <c r="Z12" s="7">
         <v>583</v>
       </c>
-      <c r="Z12" s="7">
+      <c r="AA12" s="7">
         <v>589</v>
       </c>
-      <c r="AA12" s="7">
+      <c r="AB12" s="7">
         <v>565</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AC12" s="7">
         <v>585</v>
       </c>
-      <c r="AC12" s="7">
+      <c r="AD12" s="7">
         <v>552</v>
       </c>
-      <c r="AD12" s="7">
+      <c r="AE12" s="7">
         <v>550</v>
       </c>
-      <c r="AE12" s="7">
+      <c r="AF12" s="7">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
       <c r="E13" s="7">
         <v>120</v>
       </c>
       <c r="F13" s="7">
         <v>120</v>
       </c>
       <c r="G13" s="7">
         <v>120</v>
       </c>
       <c r="H13" s="7">
         <v>120</v>
       </c>
       <c r="I13" s="7">
@@ -2126,230 +2129,230 @@
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D23" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="K23" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="S23" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>64</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="7">
+        <v>564</v>
+      </c>
+      <c r="D24" s="7">
         <v>528</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>575</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>528</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>587</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>536</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>526</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J24" s="7">
         <v>549</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>546</v>
       </c>
-      <c r="K24" s="7">
+      <c r="L24" s="7">
         <v>569</v>
       </c>
-      <c r="L24" s="7">
+      <c r="M24" s="7">
         <v>565</v>
       </c>
-      <c r="M24" s="7">
+      <c r="N24" s="7">
         <v>579</v>
       </c>
-      <c r="N24" s="7">
+      <c r="O24" s="7">
         <v>548</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P24" s="7">
         <v>545</v>
       </c>
-      <c r="P24" s="7">
+      <c r="Q24" s="7">
         <v>520</v>
       </c>
-      <c r="Q24" s="7">
+      <c r="R24" s="7">
         <v>570</v>
       </c>
-      <c r="R24" s="7">
+      <c r="S24" s="7">
         <v>550</v>
       </c>
-      <c r="S24" s="7">
+      <c r="T24" s="7">
         <v>575</v>
       </c>
-      <c r="T24" s="7">
+      <c r="U24" s="7">
         <v>572</v>
       </c>
-      <c r="U24" s="7">
+      <c r="V24" s="7">
         <v>527</v>
       </c>
-      <c r="V24" s="7">
+      <c r="W24" s="7">
         <v>551</v>
       </c>
-      <c r="W24" s="7">
+      <c r="X24" s="7">
         <v>519</v>
       </c>
-      <c r="X24" s="7">
+      <c r="Y24" s="7">
         <v>543</v>
       </c>
-      <c r="Y24" s="7">
+      <c r="Z24" s="7">
         <v>592</v>
       </c>
-      <c r="Z24" s="7">
+      <c r="AA24" s="7">
         <v>562</v>
       </c>
-      <c r="AA24" s="7">
+      <c r="AB24" s="7">
         <v>564</v>
       </c>
-      <c r="AB24" s="7">
+      <c r="AC24" s="7">
         <v>557</v>
       </c>
-      <c r="AC24" s="7">
+      <c r="AD24" s="7">
         <v>579</v>
       </c>
-      <c r="AD24" s="7">
+      <c r="AE24" s="7">
         <v>560</v>
       </c>
-      <c r="AE24" s="7">
+      <c r="AF24" s="7">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
       <c r="G25" s="7">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
       <c r="I25" s="7">
@@ -2411,120 +2414,120 @@
       </c>
       <c r="AB25" s="7">
         <v>120</v>
       </c>
       <c r="AC25" s="7">
         <v>120</v>
       </c>
       <c r="AD25" s="7">
         <v>120</v>
       </c>
       <c r="AE25" s="7">
         <v>120</v>
       </c>
       <c r="AF25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>129</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>130</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>131</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>76</v>
+        <v>133</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="7">
@@ -2693,239 +2696,239 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="F31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="K31" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="AD31" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="7">
+        <v>575</v>
+      </c>
+      <c r="D32" s="7">
         <v>554</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>570</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="G32" s="7">
         <v>573</v>
       </c>
       <c r="H32" s="7">
+        <v>573</v>
+      </c>
+      <c r="I32" s="7">
         <v>566</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>555</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>547</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>569</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>578</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>563</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>541</v>
       </c>
-      <c r="O32" s="7">
+      <c r="P32" s="7">
         <v>554</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>568</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>578</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>571</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>526</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>594</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>589</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>562</v>
       </c>
-      <c r="W32" s="7">
+      <c r="X32" s="7">
         <v>603</v>
       </c>
-      <c r="X32" s="7">
+      <c r="Y32" s="7">
         <v>557</v>
       </c>
-      <c r="Y32" s="7">
+      <c r="Z32" s="7">
         <v>553</v>
       </c>
-      <c r="Z32" s="7">
+      <c r="AA32" s="7">
         <v>549</v>
       </c>
-      <c r="AA32" s="7">
+      <c r="AB32" s="7">
         <v>545</v>
       </c>
-      <c r="AB32" s="7">
+      <c r="AC32" s="7">
         <v>543</v>
       </c>
-      <c r="AC32" s="7">
+      <c r="AD32" s="7">
         <v>558</v>
       </c>
-      <c r="AD32" s="7">
+      <c r="AE32" s="7">
         <v>556</v>
       </c>
-      <c r="AE32" s="7">
+      <c r="AF32" s="7">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>120</v>
       </c>
       <c r="H33" s="7">
         <v>120</v>
       </c>
       <c r="I33" s="7">
@@ -2981,144 +2984,144 @@
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>87</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>88</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>90</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>108</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>109</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>114</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="4">
         <v>459</v>
       </c>
       <c r="D36" s="4">
         <v>456</v>
       </c>
       <c r="E36" s="4">
         <v>444</v>
       </c>
       <c r="F36" s="4">
         <v>433</v>
       </c>
       <c r="G36" s="4">
         <v>465</v>
       </c>
       <c r="H36" s="4">
         <v>428</v>
       </c>
       <c r="I36" s="4">