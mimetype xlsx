--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Výsledky hráčů družstva  na kuželně TJ Sokol Chotoviny</t>
   </si>
   <si>
     <t>Petr Klimek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>28.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zdeněk Samec</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>29.1.2025</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>9.2.2022</t>
@@ -78,50 +81,53 @@
     <t>12.2.2020</t>
   </si>
   <si>
     <t>Jaroslav Zoun</t>
   </si>
   <si>
     <t>Pavel Kořínek</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Zdeněk Zeman</t>
   </si>
   <si>
     <t>23.10.2024</t>
   </si>
   <si>
     <t>10.1.2024</t>
   </si>
   <si>
     <t>Petr Bystřický</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
@@ -685,494 +691,518 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:X65"/>
+  <dimension ref="A1:Y65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C65" sqref="C65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" customHeight="1" ht="21">
+    <row r="1" spans="1:25" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="4" spans="1:24">
+      <c r="E3" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25">
       <c r="B4" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C4" s="4">
+        <v>418</v>
+      </c>
+      <c r="D4" s="4">
         <v>410</v>
       </c>
-      <c r="D4" s="7">
+      <c r="E4" s="7">
         <v>414</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:25">
       <c r="B5" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
-      <c r="D5" s="7">
-[...3 lines deleted...]
-    <row r="7" spans="1:24">
+      <c r="D5" s="6">
+        <v>100</v>
+      </c>
+      <c r="E5" s="7">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25">
       <c r="A7" s="2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:24">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25">
       <c r="B8" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C8" s="4">
         <v>393</v>
       </c>
       <c r="D8" s="4">
         <v>391</v>
       </c>
       <c r="E8" s="4">
         <v>450</v>
       </c>
       <c r="F8" s="4">
         <v>441</v>
       </c>
       <c r="G8" s="4">
         <v>405</v>
       </c>
       <c r="H8" s="4">
         <v>453</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:25">
       <c r="B9" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:24">
+    <row r="11" spans="1:25">
       <c r="A11" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:24">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25">
       <c r="B12" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C12" s="4">
         <v>399</v>
       </c>
       <c r="D12" s="7">
         <v>344</v>
       </c>
     </row>
-    <row r="13" spans="1:24">
+    <row r="13" spans="1:25">
       <c r="B13" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
     </row>
-    <row r="15" spans="1:24">
+    <row r="15" spans="1:25">
       <c r="A15" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:24">
+        <v>18</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25">
       <c r="B16" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C16" s="4">
+        <v>357</v>
+      </c>
+      <c r="D16" s="4">
         <v>426</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>400</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>514</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>420</v>
       </c>
     </row>
-    <row r="17" spans="1:24">
+    <row r="17" spans="1:25">
       <c r="B17" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
-      <c r="E17" s="7">
-        <v>120</v>
+      <c r="E17" s="6">
+        <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
-    </row>
-    <row r="19" spans="1:24">
+      <c r="G17" s="7">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25">
       <c r="A19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:24">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
       <c r="B20" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C20" s="4">
         <v>447</v>
       </c>
       <c r="D20" s="4">
         <v>429</v>
       </c>
       <c r="E20" s="4">
         <v>413</v>
       </c>
       <c r="F20" s="4">
         <v>433</v>
       </c>
       <c r="G20" s="4">
         <v>398</v>
       </c>
       <c r="H20" s="7">
         <v>511</v>
       </c>
       <c r="I20" s="7">
         <v>429</v>
       </c>
     </row>
-    <row r="21" spans="1:24">
+    <row r="21" spans="1:25">
       <c r="B21" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
       <c r="I21" s="7">
         <v>120</v>
       </c>
     </row>
-    <row r="23" spans="1:24">
+    <row r="23" spans="1:25">
       <c r="A23" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:24">
+        <v>44</v>
+      </c>
+      <c r="Y23" s="6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="24" spans="1:25">
       <c r="B24" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C24" s="7">
+        <v>581</v>
+      </c>
+      <c r="D24" s="7">
         <v>588</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>571</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>603</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>567</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>563</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>586</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J24" s="7">
         <v>568</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>540</v>
       </c>
-      <c r="K24" s="7">
+      <c r="L24" s="7">
         <v>544</v>
       </c>
-      <c r="L24" s="7">
+      <c r="M24" s="7">
         <v>556</v>
       </c>
-      <c r="M24" s="7">
+      <c r="N24" s="7">
         <v>553</v>
       </c>
-      <c r="N24" s="7">
+      <c r="O24" s="7">
         <v>561</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P24" s="7">
         <v>587</v>
       </c>
-      <c r="P24" s="7">
+      <c r="Q24" s="7">
         <v>567</v>
       </c>
-      <c r="Q24" s="7">
+      <c r="R24" s="7">
         <v>565</v>
       </c>
-      <c r="R24" s="7">
+      <c r="S24" s="7">
         <v>620</v>
       </c>
-      <c r="S24" s="7">
+      <c r="T24" s="7">
         <v>561</v>
       </c>
-      <c r="T24" s="7">
+      <c r="U24" s="7">
         <v>549</v>
       </c>
-      <c r="U24" s="7">
+      <c r="V24" s="7">
         <v>559</v>
       </c>
-      <c r="V24" s="7">
+      <c r="W24" s="7">
         <v>560</v>
       </c>
-      <c r="W24" s="7">
+      <c r="X24" s="7">
         <v>606</v>
       </c>
-      <c r="X24" s="7">
+      <c r="Y24" s="7">
         <v>535</v>
       </c>
     </row>
-    <row r="25" spans="1:24">
+    <row r="25" spans="1:25">
       <c r="B25" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
       <c r="G25" s="7">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
       <c r="I25" s="7">
         <v>120</v>
       </c>
       <c r="J25" s="7">
         <v>120</v>
       </c>
@@ -1196,113 +1226,116 @@
       </c>
       <c r="Q25" s="7">
         <v>120</v>
       </c>
       <c r="R25" s="7">
         <v>120</v>
       </c>
       <c r="S25" s="7">
         <v>120</v>
       </c>
       <c r="T25" s="7">
         <v>120</v>
       </c>
       <c r="U25" s="7">
         <v>120</v>
       </c>
       <c r="V25" s="7">
         <v>120</v>
       </c>
       <c r="W25" s="7">
         <v>120</v>
       </c>
       <c r="X25" s="7">
         <v>120</v>
       </c>
-    </row>
-    <row r="27" spans="1:24">
+      <c r="Y25" s="7">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="27" spans="1:25">
       <c r="A27" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:24">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="28" spans="1:25">
       <c r="B28" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C28" s="7">
         <v>501</v>
       </c>
       <c r="D28" s="7">
         <v>517</v>
       </c>
       <c r="E28" s="7">
         <v>551</v>
       </c>
       <c r="F28" s="7">
         <v>552</v>
       </c>
       <c r="G28" s="7">
         <v>530</v>
       </c>
       <c r="H28" s="7">
         <v>535</v>
       </c>
       <c r="I28" s="7">
         <v>537</v>
       </c>
       <c r="J28" s="7">
         <v>515</v>
       </c>
@@ -1312,53 +1345,53 @@
       <c r="L28" s="7">
         <v>557</v>
       </c>
       <c r="M28" s="7">
         <v>572</v>
       </c>
       <c r="N28" s="7">
         <v>554</v>
       </c>
       <c r="O28" s="7">
         <v>515</v>
       </c>
       <c r="P28" s="7">
         <v>554</v>
       </c>
       <c r="Q28" s="7">
         <v>523</v>
       </c>
       <c r="R28" s="7">
         <v>532</v>
       </c>
       <c r="S28" s="7">
         <v>545</v>
       </c>
     </row>
-    <row r="29" spans="1:24">
+    <row r="29" spans="1:25">
       <c r="B29" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
@@ -1368,423 +1401,423 @@
       <c r="L29" s="7">
         <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>120</v>
       </c>
       <c r="O29" s="7">
         <v>120</v>
       </c>
       <c r="P29" s="7">
         <v>120</v>
       </c>
       <c r="Q29" s="7">
         <v>120</v>
       </c>
       <c r="R29" s="7">
         <v>120</v>
       </c>
       <c r="S29" s="7">
         <v>120</v>
       </c>
     </row>
-    <row r="31" spans="1:24">
+    <row r="31" spans="1:25">
       <c r="A31" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:24">
+    <row r="32" spans="1:25">
       <c r="B32" s="1" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:24">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="33" spans="1:25">
       <c r="B33" s="1" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:24">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="35" spans="1:25">
       <c r="A35" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:24">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="36" spans="1:25">
       <c r="B36" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C36" s="4">
         <v>458</v>
       </c>
       <c r="D36" s="4">
         <v>431</v>
       </c>
       <c r="E36" s="4">
         <v>468</v>
       </c>
       <c r="F36" s="4">
         <v>431</v>
       </c>
       <c r="G36" s="4">
         <v>477</v>
       </c>
       <c r="H36" s="4">
         <v>479</v>
       </c>
     </row>
-    <row r="37" spans="1:24">
+    <row r="37" spans="1:25">
       <c r="B37" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="39" spans="1:24">
+    <row r="39" spans="1:25">
       <c r="A39" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:24">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:25">
       <c r="B40" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C40" s="4">
         <v>479</v>
       </c>
       <c r="D40" s="4">
         <v>453</v>
       </c>
       <c r="E40" s="4">
         <v>448</v>
       </c>
     </row>
-    <row r="41" spans="1:24">
+    <row r="41" spans="1:25">
       <c r="B41" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="43" spans="1:24">
+    <row r="43" spans="1:25">
       <c r="A43" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:24">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:25">
       <c r="B44" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C44" s="7">
         <v>422</v>
       </c>
     </row>
-    <row r="45" spans="1:24">
+    <row r="45" spans="1:25">
       <c r="B45" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C45" s="7">
         <v>120</v>
       </c>
     </row>
-    <row r="47" spans="1:24">
+    <row r="47" spans="1:25">
       <c r="A47" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="48" spans="1:24">
+    <row r="48" spans="1:25">
       <c r="B48" s="1" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:24">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="49" spans="1:25">
       <c r="B49" s="1" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:24">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="51" spans="1:25">
       <c r="A51" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:24">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:25">
       <c r="B52" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C52" s="4">
         <v>400</v>
       </c>
       <c r="D52" s="7">
         <v>527</v>
       </c>
       <c r="E52" s="7">
         <v>384</v>
       </c>
     </row>
-    <row r="53" spans="1:24">
+    <row r="53" spans="1:25">
       <c r="B53" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="7">
         <v>120</v>
       </c>
       <c r="E53" s="7">
         <v>120</v>
       </c>
     </row>
-    <row r="55" spans="1:24">
+    <row r="55" spans="1:25">
       <c r="A55" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:24">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25">
       <c r="B56" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C56" s="4">
         <v>437</v>
       </c>
       <c r="D56" s="4">
         <v>412</v>
       </c>
       <c r="E56" s="4">
         <v>396</v>
       </c>
       <c r="F56" s="4">
         <v>399</v>
       </c>
       <c r="G56" s="4">
         <v>376</v>
       </c>
       <c r="H56" s="4">
         <v>349</v>
       </c>
       <c r="I56" s="4">
         <v>389</v>
       </c>
       <c r="J56" s="4">
         <v>381</v>
       </c>
       <c r="K56" s="4">
         <v>370</v>
       </c>
     </row>
-    <row r="57" spans="1:24">
+    <row r="57" spans="1:25">
       <c r="B57" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">
         <v>100</v>
       </c>
       <c r="J57" s="6">
         <v>100</v>
       </c>
       <c r="K57" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:24">
+    <row r="59" spans="1:25">
       <c r="A59" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:24">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25">
       <c r="B60" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C60" s="4">
         <v>467</v>
       </c>
     </row>
-    <row r="61" spans="1:24">
+    <row r="61" spans="1:25">
       <c r="B61" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C61" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="63" spans="1:24">
+    <row r="63" spans="1:25">
       <c r="A63" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:24">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25">
       <c r="B64" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C64" s="4">
         <v>474</v>
       </c>
     </row>
-    <row r="65" spans="1:24">
+    <row r="65" spans="1:25">
       <c r="B65" s="5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C65" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>