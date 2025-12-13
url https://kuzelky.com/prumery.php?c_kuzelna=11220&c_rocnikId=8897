--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Výsledky hráčů družstva TJ Dynamo České Budějovice B na kuželně TJ Dynamo České Budějovice</t>
   </si>
   <si>
     <t>Stanislava Mlezivová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>8.11.2021</t>
   </si>
   <si>
     <t>25.10.2021</t>
   </si>
   <si>
     <t>30.9.2021</t>
   </si>
   <si>
     <t>13.2.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Milena Kümmelová</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>23.1.2025</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>21.3.2024</t>
@@ -176,63 +179,63 @@
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>7.12.2023</t>
   </si>
   <si>
     <t>23.11.2023</t>
   </si>
   <si>
     <t>21.9.2023</t>
   </si>
   <si>
     <t>23.3.2023</t>
   </si>
   <si>
     <t>20.3.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>19.1.2023</t>
   </si>
   <si>
+    <t>Tomáš Vašek</t>
+  </si>
+  <si>
+    <t>20.10.2022</t>
+  </si>
+  <si>
+    <t>Vladimír Weiss</t>
+  </si>
+  <si>
+    <t>Stanislav Bednařík</t>
+  </si>
+  <si>
     <t>15.11.2022</t>
-  </si>
-[...10 lines deleted...]
-    <t>Stanislav Bednařík</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>16.1.2020</t>
   </si>
   <si>
     <t>Zdeněk Kratochvíl</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>24.10.2019</t>
   </si>
   <si>
     <t>10.10.2019</t>
   </si>
   <si>
     <t>Petra Šebestíková</t>
   </si>
   <si>
     <t>Rostislav Solkan</t>
   </si>
@@ -971,218 +974,218 @@
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="X7" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y7" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AC7" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD7" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>408</v>
+      </c>
+      <c r="D8" s="4">
         <v>411</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>423</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>411</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>398</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>417</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>388</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>408</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>420</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>412</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>399</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>393</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>405</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>384</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>421</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>200</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>394</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>395</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>398</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>384</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>406</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>392</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>419</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>380</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>397</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>396</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>417</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>373</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>405</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1244,132 +1247,132 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>396</v>
       </c>
       <c r="D12" s="4">
         <v>411</v>
       </c>
       <c r="E12" s="4">
         <v>362</v>
       </c>
       <c r="F12" s="4">
         <v>442</v>
       </c>
       <c r="G12" s="4">
@@ -1538,78 +1541,78 @@
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>365</v>
       </c>
       <c r="D16" s="4">
         <v>390</v>
       </c>
       <c r="E16" s="4">
         <v>393</v>
       </c>
       <c r="F16" s="4">
         <v>408</v>
       </c>
       <c r="G16" s="4">
         <v>341</v>
       </c>
       <c r="H16" s="4">
         <v>316</v>
       </c>
       <c r="I16" s="4">
@@ -1658,120 +1661,120 @@
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>333</v>
       </c>
       <c r="D20" s="4">
         <v>366</v>
       </c>
       <c r="E20" s="4">
         <v>360</v>
       </c>
       <c r="F20" s="4">
         <v>345</v>
       </c>
       <c r="G20" s="4">
         <v>324</v>
       </c>
       <c r="H20" s="4">
         <v>366</v>
       </c>
       <c r="I20" s="4">
@@ -1886,102 +1889,102 @@
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>380</v>
       </c>
       <c r="D24" s="4">
         <v>386</v>
       </c>
       <c r="E24" s="4">
         <v>355</v>
       </c>
       <c r="F24" s="4">
         <v>385</v>
       </c>
       <c r="G24" s="4">
         <v>372</v>
       </c>
       <c r="H24" s="4">
         <v>348</v>
       </c>
       <c r="I24" s="4">
@@ -2048,141 +2051,141 @@
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>362</v>
       </c>
       <c r="D28" s="4">
         <v>358</v>
       </c>
       <c r="E28" s="4">
         <v>333</v>
       </c>
       <c r="F28" s="4">
         <v>353</v>
       </c>
       <c r="G28" s="4">
         <v>363</v>
       </c>
       <c r="H28" s="4">
@@ -2336,144 +2339,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>361</v>
       </c>
       <c r="D32" s="4">
         <v>382</v>
       </c>
       <c r="E32" s="4">
         <v>416</v>
       </c>
       <c r="F32" s="4">
         <v>415</v>
       </c>
       <c r="G32" s="4">
         <v>361</v>
       </c>
       <c r="H32" s="4">
         <v>380</v>
       </c>
       <c r="I32" s="4">
@@ -2624,111 +2627,111 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>56</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>26</v>
       </c>