--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Výsledky hráčů družstva TJ Dynamo České Budějovice B na kuželně TJ Dynamo České Budějovice</t>
   </si>
   <si>
     <t>Stanislava Mlezivová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>8.11.2021</t>
   </si>
   <si>
     <t>25.10.2021</t>
   </si>
   <si>
     <t>30.9.2021</t>
   </si>
   <si>
     <t>13.2.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Milena Kümmelová</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>23.1.2025</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>21.3.2024</t>
@@ -176,96 +179,96 @@
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>7.12.2023</t>
   </si>
   <si>
     <t>23.11.2023</t>
   </si>
   <si>
     <t>21.9.2023</t>
   </si>
   <si>
     <t>23.3.2023</t>
   </si>
   <si>
     <t>20.3.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>19.1.2023</t>
   </si>
   <si>
+    <t>Tomáš Vašek</t>
+  </si>
+  <si>
+    <t>20.10.2022</t>
+  </si>
+  <si>
+    <t>Jiří Květoň</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>26.9.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>3.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
     <t>15.11.2022</t>
-  </si>
-[...43 lines deleted...]
-    <t>27.9.2024</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>16.1.2020</t>
   </si>
   <si>
     <t>1.10.2019</t>
   </si>
   <si>
     <t>16.11.2018</t>
   </si>
   <si>
     <t>2.11.2018</t>
   </si>
   <si>
     <t>Stanislav Bednařík</t>
   </si>
   <si>
     <t>Radim Vašek</t>
   </si>
@@ -1097,218 +1100,218 @@
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="X7" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y7" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AC7" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD7" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>408</v>
+      </c>
+      <c r="D8" s="4">
         <v>411</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>423</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>411</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>398</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>417</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>388</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>408</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>420</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>412</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>399</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>393</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>405</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>384</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>421</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>200</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>394</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>395</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>398</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>384</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>406</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>392</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>419</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>380</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>397</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>396</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>417</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>373</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>405</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1370,132 +1373,132 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>396</v>
       </c>
       <c r="D12" s="4">
         <v>411</v>
       </c>
       <c r="E12" s="4">
         <v>362</v>
       </c>
       <c r="F12" s="4">
         <v>442</v>
       </c>
       <c r="G12" s="4">
@@ -1694,75 +1697,75 @@
       <c r="G15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>377</v>
       </c>
       <c r="D16" s="4">
         <v>405</v>
       </c>
       <c r="E16" s="4">
         <v>417</v>
       </c>
       <c r="F16" s="4">
         <v>422</v>
       </c>
       <c r="G16" s="4">
         <v>453</v>
       </c>
       <c r="H16" s="4">
         <v>435</v>
       </c>
       <c r="I16" s="4">
@@ -1859,126 +1862,126 @@
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>333</v>
       </c>
       <c r="D20" s="4">
         <v>366</v>
       </c>
       <c r="E20" s="4">
         <v>360</v>
       </c>
       <c r="F20" s="4">
         <v>345</v>
       </c>
       <c r="G20" s="4">
         <v>324</v>
       </c>
       <c r="H20" s="4">
         <v>366</v>
       </c>
       <c r="I20" s="4">
@@ -2093,75 +2096,75 @@
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>358</v>
       </c>
       <c r="D24" s="4">
         <v>371</v>
       </c>
       <c r="E24" s="4">
         <v>384</v>
       </c>
       <c r="F24" s="4">
         <v>368</v>
       </c>
       <c r="G24" s="4">
         <v>367</v>
       </c>
       <c r="H24" s="4">
         <v>379</v>
       </c>
       <c r="I24" s="4">
@@ -2174,102 +2177,102 @@
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>380</v>
       </c>
       <c r="D28" s="4">
         <v>386</v>
       </c>
       <c r="E28" s="4">
         <v>355</v>
       </c>
       <c r="F28" s="4">
         <v>385</v>
       </c>
       <c r="G28" s="4">
         <v>372</v>
       </c>
       <c r="H28" s="4">
         <v>348</v>
       </c>
       <c r="I28" s="4">
@@ -2336,141 +2339,141 @@
       </c>
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>362</v>
       </c>
       <c r="D32" s="4">
         <v>358</v>
       </c>
       <c r="E32" s="4">
         <v>333</v>
       </c>
       <c r="F32" s="4">
         <v>353</v>
       </c>
       <c r="G32" s="4">
         <v>363</v>
       </c>
       <c r="H32" s="4">
@@ -2624,108 +2627,108 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>403</v>
       </c>
       <c r="D36" s="4">
         <v>401</v>
       </c>
       <c r="E36" s="4">
         <v>359</v>
       </c>
       <c r="F36" s="4">
         <v>382</v>
       </c>
       <c r="G36" s="4">
         <v>367</v>
       </c>
       <c r="H36" s="4">
         <v>396</v>
       </c>
       <c r="I36" s="4">
@@ -2804,84 +2807,84 @@
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>366</v>
       </c>
       <c r="D40" s="4">
         <v>383</v>
       </c>
       <c r="E40" s="4">
         <v>361</v>
       </c>
       <c r="F40" s="4">
         <v>383</v>
       </c>
       <c r="G40" s="4">
         <v>368</v>
       </c>
       <c r="H40" s="4">
         <v>342</v>
       </c>
       <c r="I40" s="4">
@@ -2912,239 +2915,239 @@
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="D43" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="H43" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="H43" s="6" t="s">
+      <c r="I43" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="M43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N43" s="6" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="O43" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="P43" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="R43" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W43" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="X43" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Y43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z43" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA43" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AC43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD43" s="6" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>109</v>
+        <v>79</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>32</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>396</v>
+      </c>
+      <c r="D44" s="4">
         <v>427</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>417</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>428</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>395</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>420</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>410</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>424</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>425</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>408</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>433</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>412</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>426</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>434</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>392</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>402</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>371</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>410</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>400</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>393</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>386</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>381</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>402</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>421</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>394</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>400</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>360</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>368</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>367</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3200,111 +3203,111 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>56</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>17</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>26</v>
       </c>