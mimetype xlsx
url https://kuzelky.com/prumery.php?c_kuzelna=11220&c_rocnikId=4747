--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -80,50 +80,53 @@
   <si>
     <t>16.11.2018</t>
   </si>
   <si>
     <t>2.11.2018</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>12.10.2018</t>
   </si>
   <si>
     <t>21.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Patrik Postl</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
@@ -264,53 +267,50 @@
     <t>26.2.2023</t>
   </si>
   <si>
     <t>8.1.2023</t>
   </si>
   <si>
     <t>18.12.2022</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>27.11.2022</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>20.2.2022</t>
   </si>
   <si>
     <t>23.1.2022</t>
   </si>
   <si>
     <t>14.11.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.11.2021</t>
   </si>
   <si>
     <t>Miroslav Kraus</t>
   </si>
   <si>
     <t>7.4.2022</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>3.3.2022</t>
   </si>
   <si>
     <t>17.2.2022</t>
   </si>
   <si>
     <t>3.2.2022</t>
   </si>
   <si>
     <t>20.1.2022</t>
   </si>
   <si>
     <t>2.12.2021</t>
   </si>
@@ -977,167 +977,167 @@
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="4">
+        <v>414</v>
+      </c>
+      <c r="D8" s="4">
         <v>401</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>414</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>417</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>419</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>416</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>426</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>422</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>397</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>425</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>404</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>426</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>375</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>383</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>433</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>425</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>375</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>363</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>375</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>380</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>466</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>393</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>386</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>408</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>385</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="AC8" s="4">
         <v>427</v>
       </c>
       <c r="AD8" s="4">
+        <v>427</v>
+      </c>
+      <c r="AE8" s="4">
         <v>433</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1193,96 +1193,96 @@
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="4">
         <v>403</v>
       </c>
       <c r="D12" s="4">
@@ -1382,239 +1382,239 @@
       </c>
       <c r="O13" s="6">
         <v>100</v>
       </c>
       <c r="P13" s="6">
         <v>100</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
       <c r="R13" s="6">
         <v>100</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AC15" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="4">
+        <v>424</v>
+      </c>
+      <c r="D16" s="4">
         <v>435</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>439</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>435</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>428</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>403</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>390</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>415</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>396</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>420</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>394</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>397</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>405</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>424</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>369</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>418</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>373</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>419</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>391</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>395</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>383</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>408</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>377</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>379</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>411</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>377</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>395</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>403</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>377</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1670,108 +1670,108 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="4">
         <v>377</v>
       </c>
       <c r="D20" s="4">
         <v>405</v>
       </c>
       <c r="E20" s="4">
         <v>417</v>
       </c>
       <c r="F20" s="4">
@@ -1877,63 +1877,63 @@
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="4">
         <v>341</v>
       </c>
       <c r="D24" s="4">
@@ -1967,126 +1967,126 @@
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="4">
         <v>433</v>
       </c>
       <c r="D28" s="4">
         <v>450</v>
       </c>
       <c r="E28" s="4">
@@ -2237,69 +2237,69 @@
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>10</v>
       </c>
@@ -2390,84 +2390,84 @@
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="4">
         <v>366</v>
       </c>
       <c r="D36" s="4">
         <v>383</v>
       </c>
       <c r="E36" s="4">
         <v>361</v>
       </c>
       <c r="F36" s="4">
         <v>383</v>
       </c>
       <c r="G36" s="4">
         <v>368</v>
       </c>
       <c r="H36" s="4">
         <v>342</v>
       </c>
       <c r="I36" s="4">
@@ -2498,239 +2498,239 @@
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="4">
+        <v>434</v>
+      </c>
+      <c r="D40" s="4">
         <v>430</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>439</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>491</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>434</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>404</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="J40" s="4">
         <v>456</v>
       </c>
       <c r="K40" s="4">
+        <v>456</v>
+      </c>
+      <c r="L40" s="4">
         <v>460</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>426</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="O40" s="4">
         <v>404</v>
       </c>
       <c r="P40" s="4">
+        <v>404</v>
+      </c>
+      <c r="Q40" s="4">
         <v>394</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>438</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>403</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>399</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>402</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>422</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>361</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>384</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>377</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>403</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>411</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>403</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>412</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>414</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>370</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
@@ -2786,239 +2786,239 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>34</v>
+        <v>82</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="4">
+        <v>477</v>
+      </c>
+      <c r="D44" s="4">
         <v>387</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>408</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>407</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>428</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>406</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>382</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>431</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>427</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>411</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>434</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>398</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>464</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>435</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>399</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>411</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>370</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>403</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>395</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>361</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>394</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>382</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>419</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>423</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>441</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>386</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>444</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>411</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>394</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3089,224 +3089,224 @@
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="P47" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q47" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="R47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S47" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="T47" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="U47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V47" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="W47" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="X47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y47" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z47" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="AA47" s="6" t="s">
+      <c r="AB47" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="AB47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC47" s="6" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="AE47" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF47" s="6" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="4">
+        <v>427</v>
+      </c>
+      <c r="D48" s="4">
         <v>417</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>428</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>395</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>420</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>410</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>424</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>425</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>408</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>433</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>412</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>426</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>434</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>392</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>402</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>371</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>410</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>400</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>393</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>386</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>381</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>402</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>421</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>394</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>400</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>360</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>368</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>367</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>399</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">