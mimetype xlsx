--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -122,50 +122,53 @@
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>1.3.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Brát</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
@@ -189,53 +192,50 @@
     <t>4.10.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>28.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>20.2.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.1.2020</t>
   </si>
   <si>
     <t>Vlastimil Škrabal</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>6.1.2023</t>
   </si>
   <si>
     <t>8.3.2022</t>
   </si>
   <si>
     <t>17.2.2022</t>
   </si>
   <si>
     <t>20.1.2022</t>
   </si>
@@ -1163,182 +1163,182 @@
       <c r="L7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="U7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="X7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y7" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z7" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Z7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA7" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB7" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>463</v>
+      </c>
+      <c r="D8" s="4">
         <v>467</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>441</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>468</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>441</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>445</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>409</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>457</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>439</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>430</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>444</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>463</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>451</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>446</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>439</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>446</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>473</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>437</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>426</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>443</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>398</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>416</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>455</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>402</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>424</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>417</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>388</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>408</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>406</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1409,51 +1409,51 @@
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>26</v>
       </c>
@@ -1751,66 +1751,66 @@
       <c r="P15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>400</v>
       </c>
       <c r="D16" s="4">
         <v>383</v>
       </c>
       <c r="E16" s="4">
         <v>331</v>
       </c>
       <c r="F16" s="4">
@@ -2345,51 +2345,51 @@
       <c r="V23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>417</v>
       </c>
       <c r="D24" s="4">
         <v>411</v>
       </c>
       <c r="E24" s="4">
         <v>415</v>
       </c>
       <c r="F24" s="4">
         <v>457</v>
       </c>
       <c r="G24" s="4">
@@ -2585,51 +2585,51 @@
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>21</v>
       </c>
@@ -2639,51 +2639,51 @@
       <c r="X27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>425</v>
       </c>
       <c r="D28" s="4">
         <v>455</v>
       </c>
       <c r="E28" s="4">
         <v>441</v>
       </c>
       <c r="F28" s="4">
         <v>447</v>
       </c>
       <c r="G28" s="4">
         <v>425</v>
       </c>
       <c r="H28" s="4">
         <v>441</v>
       </c>
       <c r="I28" s="4">
@@ -2858,54 +2858,54 @@
       <c r="A31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>72</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>77</v>
       </c>