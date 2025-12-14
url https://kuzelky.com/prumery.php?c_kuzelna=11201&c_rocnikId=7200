--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -506,50 +506,53 @@
   <si>
     <t>22.1.2019</t>
   </si>
   <si>
     <t>11.4.2018</t>
   </si>
   <si>
     <t>21.3.2018</t>
   </si>
   <si>
     <t>21.2.2018</t>
   </si>
   <si>
     <t>Karel Svitavský</t>
   </si>
   <si>
     <t>2.12.2021</t>
   </si>
   <si>
     <t>18.11.2021</t>
   </si>
   <si>
     <t>Miroslav Klabík</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>14.4.2025</t>
   </si>
   <si>
     <t>12.3.2025</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>20.11.2024</t>
@@ -587,72 +590,69 @@
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>8.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
   </si>
   <si>
     <t>12.4.2023</t>
   </si>
   <si>
     <t>29.3.2023</t>
   </si>
   <si>
     <t>15.3.2023</t>
   </si>
   <si>
+    <t>Lukáš Pelánek</t>
+  </si>
+  <si>
+    <t>24.9.2025</t>
+  </si>
+  <si>
+    <t>25.9.2024</t>
+  </si>
+  <si>
+    <t>28.2.2024</t>
+  </si>
+  <si>
+    <t>Karel Němeček</t>
+  </si>
+  <si>
     <t>1.3.2023</t>
   </si>
   <si>
-    <t>Lukáš Pelánek</t>
-[...13 lines deleted...]
-  <si>
     <t>15.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.2.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4130,72 +4130,72 @@
       <c r="A47" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>164</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>166</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>167</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>168</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>169</v>
       </c>
       <c r="I47" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J47" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>171</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>172</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>173</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>174</v>
       </c>
       <c r="O47" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="P47" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>176</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>177</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>178</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>179</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>180</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>181</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>182</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>183</v>
       </c>
@@ -4207,138 +4207,138 @@
       </c>
       <c r="AA47" s="6" t="s">
         <v>186</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>187</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>188</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>190</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>378</v>
+      </c>
+      <c r="D48" s="4">
         <v>352</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>374</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>386</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>409</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>356</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>331</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>419</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>379</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>400</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>406</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>362</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>366</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>414</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>361</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>393</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>377</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>360</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>365</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>377</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>408</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>371</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>398</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>375</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>390</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>357</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>364</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>400</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>393</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -4406,227 +4406,227 @@
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>192</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>164</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E51" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="F51" s="6" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>167</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I51" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J51" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>171</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>172</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>173</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>174</v>
       </c>
       <c r="O51" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="P51" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="Q51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R51" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="S51" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="T51" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="T51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U51" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="V51" s="6" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>181</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>182</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>183</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>184</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>185</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>186</v>
       </c>
       <c r="AC51" s="6" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>190</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>401</v>
+      </c>
+      <c r="D52" s="4">
         <v>348</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>359</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>388</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>403</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>394</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>397</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>373</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>391</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>396</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>414</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>352</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>415</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>387</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>367</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>353</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>385</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>422</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>418</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>391</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>418</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>378</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>344</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>393</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>377</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>391</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>400</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>371</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>375</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
@@ -4694,224 +4694,224 @@
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>164</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E55" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="F55" s="6" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>168</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>169</v>
       </c>
       <c r="I55" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J55" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="J55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K55" s="6" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>173</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>174</v>
       </c>
       <c r="N55" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="O55" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O55" s="6" t="s">
+      <c r="P55" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="P55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q55" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="R55" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>177</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>178</v>
       </c>
       <c r="U55" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="V55" s="6" t="s">
         <v>195</v>
       </c>
-      <c r="V55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W55" s="6" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>184</v>
       </c>
       <c r="Y55" s="6" t="s">
         <v>185</v>
       </c>
       <c r="Z55" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="AA55" s="6" t="s">
         <v>188</v>
       </c>
       <c r="AB55" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AC55" s="6" t="s">
         <v>190</v>
       </c>
       <c r="AD55" s="6" t="s">
         <v>191</v>
       </c>
       <c r="AE55" s="6" t="s">
         <v>197</v>
       </c>
       <c r="AF55" s="6" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>373</v>
+      </c>
+      <c r="D56" s="4">
         <v>395</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>419</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>381</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>394</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>359</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>423</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>406</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>389</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>383</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>422</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>394</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>378</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>379</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>362</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>443</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>401</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>412</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>411</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>433</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>403</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>384</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>427</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>403</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>417</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>402</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>409</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>377</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="AF56" s="4">
         <v>406</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">