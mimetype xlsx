--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Praha-Vršovice C na kuželně Vršovice</t>
   </si>
   <si>
     <t>Josef Novotný</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>24.9.2025</t>
   </si>
   <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>14.4.2025</t>
   </si>
   <si>
     <t>12.3.2025</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>20.11.2024</t>
@@ -110,156 +113,156 @@
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
   </si>
   <si>
     <t>15.2.2023</t>
   </si>
   <si>
     <t>1.2.2023</t>
   </si>
   <si>
     <t>26.1.2023</t>
   </si>
   <si>
     <t>16.11.2022</t>
   </si>
   <si>
     <t>2.11.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jan Šiška</t>
+  </si>
+  <si>
+    <t>Luboš Kučera</t>
+  </si>
+  <si>
+    <t>20.2.2025</t>
+  </si>
+  <si>
+    <t>12.2.2025</t>
+  </si>
+  <si>
+    <t>11.9.2024</t>
+  </si>
+  <si>
+    <t>20.3.2024</t>
+  </si>
+  <si>
+    <t>8.11.2023</t>
+  </si>
+  <si>
+    <t>12.4.2023</t>
+  </si>
+  <si>
+    <t>29.3.2023</t>
+  </si>
+  <si>
+    <t>1.3.2023</t>
+  </si>
+  <si>
+    <t>Karel Radil</t>
+  </si>
+  <si>
+    <t>30.9.2020</t>
+  </si>
+  <si>
+    <t>16.9.2020</t>
+  </si>
+  <si>
+    <t>5.2.2020</t>
+  </si>
+  <si>
+    <t>15.1.2020</t>
+  </si>
+  <si>
+    <t>8.1.2020</t>
+  </si>
+  <si>
+    <t>20.11.2019</t>
+  </si>
+  <si>
+    <t>6.11.2019</t>
+  </si>
+  <si>
+    <t>23.10.2019</t>
+  </si>
+  <si>
+    <t>2.10.2019</t>
+  </si>
+  <si>
+    <t>4.9.2019</t>
+  </si>
+  <si>
+    <t>7.3.2018</t>
+  </si>
+  <si>
+    <t>27.9.2017</t>
+  </si>
+  <si>
+    <t>13.9.2017</t>
+  </si>
+  <si>
+    <t>Miroslav Klabík</t>
+  </si>
+  <si>
+    <t>15.3.2023</t>
+  </si>
+  <si>
+    <t>Karel Brettschneider</t>
+  </si>
+  <si>
+    <t>Lukáš Pelánek</t>
+  </si>
+  <si>
+    <t>14.3.2024</t>
+  </si>
+  <si>
+    <t>Miroslav Kettner</t>
+  </si>
+  <si>
+    <t>Pavel Brož</t>
+  </si>
+  <si>
+    <t>2.11.2023</t>
+  </si>
+  <si>
+    <t>30.11.2022</t>
+  </si>
+  <si>
     <t>25.10.2022</t>
-  </si>
-[...103 lines deleted...]
-    <t>30.11.2022</t>
   </si>
   <si>
     <t>19.10.2022</t>
   </si>
   <si>
     <t>Kateřina Šanderová</t>
   </si>
   <si>
     <t>18.9.2019</t>
   </si>
   <si>
     <t>Tomáš Čurda</t>
   </si>
   <si>
     <t>16.3.2022</t>
   </si>
   <si>
     <t>2.3.2022</t>
   </si>
   <si>
     <t>23.2.2022</t>
   </si>
   <si>
     <t>24.11.2021</t>
   </si>
@@ -892,138 +895,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>369</v>
+      </c>
+      <c r="D4" s="4">
         <v>376</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>389</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>375</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>368</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>351</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>396</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>370</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>348</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>379</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>365</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>383</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>386</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>343</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>373</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>419</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>343</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>386</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>416</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="W4" s="4">
         <v>380</v>
       </c>
       <c r="X4" s="4">
+        <v>380</v>
+      </c>
+      <c r="Y4" s="4">
         <v>426</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>376</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>378</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>417</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>413</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>367</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>376</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1103,233 +1106,233 @@
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="O11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="P11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="P11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y11" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB11" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AE11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF11" s="6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>396</v>
+      </c>
+      <c r="D12" s="4">
         <v>345</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>365</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>386</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>354</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>346</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>381</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>371</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>329</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>328</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>353</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>364</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>366</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>372</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>388</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>383</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>397</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>370</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>355</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>386</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>380</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>408</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>363</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>374</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>368</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>357</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>384</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>389</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>340</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1532,227 +1535,227 @@
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Q19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="S19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T19" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>378</v>
+      </c>
+      <c r="D20" s="4">
         <v>352</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>374</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>386</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>409</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>356</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>331</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>419</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>379</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>400</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>406</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>362</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>366</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>414</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>361</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>393</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>377</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>360</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>365</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>377</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>408</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>371</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>398</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>375</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>390</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>357</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>364</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>400</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>393</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1847,218 +1850,218 @@
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q27" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="R27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z27" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA27" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC27" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="AD27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>401</v>
+      </c>
+      <c r="D28" s="4">
         <v>348</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>359</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>388</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>403</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>394</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>397</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>373</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>391</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>396</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>414</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>352</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>415</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>387</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>367</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>353</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>385</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>422</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>418</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>391</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>418</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>378</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>344</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>393</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>377</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>391</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>400</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>371</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>375</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2132,221 +2135,221 @@
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="R31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y31" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z31" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC31" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>392</v>
       </c>
       <c r="D32" s="4">
+        <v>392</v>
+      </c>
+      <c r="E32" s="4">
         <v>371</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>346</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>370</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>393</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>384</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>394</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>358</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>393</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>342</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>385</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>369</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>347</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>414</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>361</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>381</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>385</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>391</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>390</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>397</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>369</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>400</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>379</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>363</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>393</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>343</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>386</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>383</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2408,138 +2411,138 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>361</v>
       </c>
       <c r="D36" s="4">
         <v>333</v>
       </c>
       <c r="E36" s="4">
         <v>348</v>
       </c>
       <c r="F36" s="4">
         <v>346</v>
       </c>
       <c r="G36" s="4">
         <v>369</v>
       </c>
       <c r="H36" s="4">
         <v>343</v>
       </c>
       <c r="I36" s="4">
@@ -2690,159 +2693,159 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>300</v>
       </c>
       <c r="D40" s="4">
         <v>265</v>
       </c>
       <c r="E40" s="4">
         <v>263</v>
       </c>
       <c r="F40" s="4">
         <v>296</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>358</v>
       </c>
       <c r="D44" s="4">
         <v>374</v>
       </c>
       <c r="E44" s="4">
         <v>364</v>
       </c>
       <c r="F44" s="4">
         <v>340</v>
       </c>
       <c r="G44" s="4">
         <v>354</v>
       </c>
       <c r="H44" s="4">
         <v>338</v>
       </c>
       <c r="I44" s="4">
@@ -2915,144 +2918,144 @@
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>441</v>
       </c>
       <c r="D48" s="4">
         <v>358</v>
       </c>
       <c r="E48" s="4">
         <v>351</v>
       </c>
       <c r="F48" s="4">
         <v>369</v>
       </c>
       <c r="G48" s="4">
         <v>345</v>
       </c>
       <c r="H48" s="4">
         <v>390</v>
       </c>
       <c r="I48" s="4">
@@ -3203,236 +3206,236 @@
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I51" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P51" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q51" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Q51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R51" s="6" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="S51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="T51" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="X51" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Y51" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Y51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z51" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AA51" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AB51" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>373</v>
+      </c>
+      <c r="D52" s="4">
         <v>395</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>419</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>381</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>394</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>359</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>423</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>406</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>389</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>383</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>422</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>394</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>378</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>379</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>362</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>443</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>401</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>412</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>411</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>433</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>403</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>384</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>427</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>403</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>417</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>402</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>409</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>377</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="AF52" s="4">
         <v>406</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">