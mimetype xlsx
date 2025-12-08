--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -113,87 +113,87 @@
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Ladislav Filek</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>13.10.2025</t>
   </si>
   <si>
     <t>29.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>30.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>13.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>5.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>25.9.2021</t>
   </si>
   <si>
     <t>Milan Vrabec</t>
   </si>
   <si>
     <t>10.11.2025</t>
   </si>
   <si>
     <t>24.3.2025</t>
   </si>
   <si>
     <t>Milan Findejs</t>
   </si>
   <si>
     <t>Jan Koubský</t>
   </si>
   <si>
     <t>Jaroslav Pejsar</t>
   </si>
   <si>
     <t>Martin Provazník</t>
   </si>
   <si>
     <t>16.1.2023</t>
   </si>
@@ -947,212 +947,212 @@
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="N7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="U7" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="V7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="4">
+        <v>503</v>
+      </c>
+      <c r="D8" s="4">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E8" s="4">
         <v>547</v>
       </c>
       <c r="F8" s="4">
+        <v>547</v>
+      </c>
+      <c r="G8" s="4">
         <v>526</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>527</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>503</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>502</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>532</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>520</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>524</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>547</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>550</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>535</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>541</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>586</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>515</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>485</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>514</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>516</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>558</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>553</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>559</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>570</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>543</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>517</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>519</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>554</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>552</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1295,147 +1295,147 @@
         <v>509</v>
       </c>
       <c r="D16" s="4">
         <v>573</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="4">
         <v>553</v>
       </c>
       <c r="D20" s="4">
         <v>534</v>
       </c>
       <c r="E20" s="4">
         <v>534</v>
       </c>
       <c r="F20" s="4">
         <v>509</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>19</v>
       </c>
@@ -1637,54 +1637,54 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="4">
         <v>554</v>
       </c>
       <c r="D28" s="4">
         <v>546</v>
       </c>
       <c r="E28" s="4">
@@ -1709,132 +1709,132 @@
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="4">
         <v>515</v>
       </c>
       <c r="D32" s="4">
         <v>527</v>
       </c>
       <c r="E32" s="4">
         <v>500</v>
       </c>
       <c r="F32" s="4">
         <v>543</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>18</v>
       </c>
@@ -1844,51 +1844,51 @@
       <c r="V35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="4">
         <v>523</v>
       </c>
       <c r="D36" s="4">
         <v>515</v>
       </c>
       <c r="E36" s="4">
         <v>557</v>
       </c>
       <c r="F36" s="4">
         <v>563</v>
       </c>
       <c r="G36" s="4">
@@ -2114,54 +2114,54 @@
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>10</v>
       </c>
@@ -2222,51 +2222,51 @@
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">
         <v>120</v>
       </c>
       <c r="J45" s="4">
         <v>120</v>
       </c>
       <c r="K45" s="4">
         <v>120</v>
       </c>
       <c r="L45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>54</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C48" s="4">