--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -251,84 +251,84 @@
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>27.3.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>Dalibor Ksandr</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>28.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>14.4.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.4.2022</t>
   </si>
   <si>
     <t>Ilona Sýkorová</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>24.9.2025</t>
   </si>
   <si>
     <t>29.11.2023</t>
   </si>
   <si>
     <t>Vít Richter</t>
   </si>
   <si>
     <t>5.11.2025</t>
   </si>
   <si>
     <t>Michal Kala</t>
   </si>
@@ -1748,289 +1748,289 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="H15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I15" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="J15" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="K15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L15" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="Q15" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="R15" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="S15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="U15" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="V15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W15" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="X15" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>477</v>
+      </c>
+      <c r="D16" s="4">
         <v>458</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>464</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>488</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>484</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>448</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>591</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>478</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>434</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>477</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>460</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>467</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>453</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>468</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>461</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>475</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>489</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>582</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>489</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>458</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>407</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>484</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>434</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>458</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>468</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="AC16" s="4">
         <v>437</v>
       </c>
       <c r="AD16" s="4">
+        <v>437</v>
+      </c>
+      <c r="AE16" s="4">
         <v>440</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H17" s="6">
+        <v>100</v>
+      </c>
+      <c r="I17" s="7">
         <v>120</v>
       </c>
-      <c r="I17" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
-      <c r="S17" s="7">
+      <c r="S17" s="6">
+        <v>100</v>
+      </c>
+      <c r="T17" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
       <c r="X17" s="6">
         <v>100</v>
       </c>
       <c r="Y17" s="6">
         <v>100</v>
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
@@ -2609,233 +2609,233 @@
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="O27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="S27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T27" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="U27" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>418</v>
+      </c>
+      <c r="D28" s="4">
         <v>423</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>455</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>476</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>424</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>458</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>429</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>447</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>427</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>424</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>447</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>484</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>442</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>468</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>429</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>414</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>427</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>452</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>466</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>448</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>472</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>428</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>409</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>454</v>
       </c>
-      <c r="Z28" s="7">
+      <c r="AA28" s="7">
         <v>551</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>440</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>436</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>509</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>464</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2867,263 +2867,263 @@
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
-      <c r="Z29" s="7">
+      <c r="Z29" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA29" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="G31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="M31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="S31" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>467</v>
+      </c>
+      <c r="D32" s="4">
         <v>425</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>438</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>501</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>437</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>511</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>452</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>475</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>483</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>449</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>458</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>472</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>451</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>479</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>451</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>466</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>475</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>470</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>403</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>452</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>422</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>494</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>455</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>492</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>449</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>463</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>474</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>448</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>457</v>
       </c>
-      <c r="AE32" s="7">
+      <c r="AF32" s="7">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3170,55 +3170,55 @@
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
-      <c r="AE33" s="7">
+      <c r="AE33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF33" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="6" t="s">
@@ -3476,132 +3476,132 @@
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>100</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>124</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>450</v>
       </c>
       <c r="D40" s="4">
         <v>473</v>
       </c>
       <c r="E40" s="4">
         <v>446</v>
       </c>
       <c r="F40" s="4">
         <v>438</v>
       </c>
       <c r="G40" s="4">
         <v>445</v>
       </c>
       <c r="H40" s="4">
@@ -3764,84 +3764,84 @@
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>69</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>70</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>126</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>127</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>128</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>129</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>130</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>131</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>132</v>
       </c>
@@ -4031,233 +4031,233 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="D47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="F47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="H47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="J47" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="L47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M47" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="N47" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="S47" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="S47" s="6" t="s">
+      <c r="T47" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AA47" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB47" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="AB47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>503</v>
+      </c>
+      <c r="D48" s="4">
         <v>471</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>469</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>525</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>450</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>464</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>469</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>444</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>440</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>482</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>462</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>449</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>456</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>435</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>442</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>453</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>458</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>417</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>454</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>502</v>
       </c>
-      <c r="V48" s="7">
+      <c r="W48" s="7">
         <v>515</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>425</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="Z48" s="4">
         <v>413</v>
       </c>
       <c r="AA48" s="4">
+        <v>413</v>
+      </c>
+      <c r="AB48" s="4">
         <v>438</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>441</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>432</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>434</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -4277,55 +4277,55 @@
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
-      <c r="V49" s="7">
+      <c r="V49" s="6">
+        <v>100</v>
+      </c>
+      <c r="W49" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>