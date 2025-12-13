--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Výsledky hráčů družstva TJ Start Rychnov n. Kn. B na kuželně Rychnov nad Kněžnou</t>
   </si>
   <si>
     <t>Oldřich Krsek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>26.3.2025</t>
   </si>
   <si>
     <t>12.3.2025</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>19.2.2025</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>22.2.2023</t>
   </si>
   <si>
     <t>1.2.2023</t>
   </si>
   <si>
     <t>21.11.2022</t>
   </si>
   <si>
     <t>2.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Michal Kala</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
@@ -197,396 +200,396 @@
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>27.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
+    <t>Vojtěch Šípek</t>
+  </si>
+  <si>
+    <t>4.10.2025</t>
+  </si>
+  <si>
+    <t>5.4.2025</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>8.3.2025</t>
+  </si>
+  <si>
+    <t>7.12.2024</t>
+  </si>
+  <si>
+    <t>23.11.2024</t>
+  </si>
+  <si>
+    <t>9.11.2024</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>26.11.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>7.10.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>18.3.2023</t>
+  </si>
+  <si>
+    <t>4.3.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>11.12.2021</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>Martin Čihák</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>18.1.2025</t>
+  </si>
+  <si>
+    <t>28.9.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>23.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>4.11.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>Petr Gálus</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>19.1.2024</t>
+  </si>
+  <si>
+    <t>Lubomír Šípek</t>
+  </si>
+  <si>
+    <t>12.11.2025</t>
+  </si>
+  <si>
+    <t>5.11.2025</t>
+  </si>
+  <si>
+    <t>8.10.2025</t>
+  </si>
+  <si>
+    <t>11.11.2022</t>
+  </si>
+  <si>
+    <t>19.10.2022</t>
+  </si>
+  <si>
+    <t>5.10.2022</t>
+  </si>
+  <si>
+    <t>21.2.2020</t>
+  </si>
+  <si>
+    <t>7.2.2020</t>
+  </si>
+  <si>
+    <t>17.1.2020</t>
+  </si>
+  <si>
+    <t>15.11.2019</t>
+  </si>
+  <si>
+    <t>8.11.2019</t>
+  </si>
+  <si>
+    <t>25.10.2019</t>
+  </si>
+  <si>
+    <t>11.10.2019</t>
+  </si>
+  <si>
+    <t>27.9.2019</t>
+  </si>
+  <si>
+    <t>20.9.2019</t>
+  </si>
+  <si>
+    <t>13.9.2019</t>
+  </si>
+  <si>
+    <t>29.3.2019</t>
+  </si>
+  <si>
+    <t>15.3.2019</t>
+  </si>
+  <si>
+    <t>1.3.2019</t>
+  </si>
+  <si>
+    <t>15.2.2019</t>
+  </si>
+  <si>
+    <t>18.1.2019</t>
+  </si>
+  <si>
+    <t>16.11.2018</t>
+  </si>
+  <si>
+    <t>2.11.2018</t>
+  </si>
+  <si>
+    <t>19.10.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>Matěj Stančík</t>
+  </si>
+  <si>
+    <t>14.4.2022</t>
+  </si>
+  <si>
+    <t>1.4.2022</t>
+  </si>
+  <si>
+    <t>11.3.2022</t>
+  </si>
+  <si>
+    <t>25.2.2022</t>
+  </si>
+  <si>
+    <t>11.2.2022</t>
+  </si>
+  <si>
+    <t>21.1.2022</t>
+  </si>
+  <si>
+    <t>3.12.2021</t>
+  </si>
+  <si>
+    <t>19.11.2021</t>
+  </si>
+  <si>
+    <t>12.11.2021</t>
+  </si>
+  <si>
+    <t>15.10.2021</t>
+  </si>
+  <si>
+    <t>1.10.2021</t>
+  </si>
+  <si>
+    <t>17.9.2021</t>
+  </si>
+  <si>
+    <t>25.9.2020</t>
+  </si>
+  <si>
+    <t>11.9.2020</t>
+  </si>
+  <si>
+    <t>14.2.2020</t>
+  </si>
+  <si>
+    <t>31.1.2020</t>
+  </si>
+  <si>
+    <t>10.1.2020</t>
+  </si>
+  <si>
+    <t>6.12.2019</t>
+  </si>
+  <si>
+    <t>6.11.2019</t>
+  </si>
+  <si>
+    <t>18.10.2019</t>
+  </si>
+  <si>
+    <t>4.10.2019</t>
+  </si>
+  <si>
+    <t>5.4.2019</t>
+  </si>
+  <si>
+    <t>22.3.2019</t>
+  </si>
+  <si>
+    <t>8.3.2019</t>
+  </si>
+  <si>
+    <t>22.2.2019</t>
+  </si>
+  <si>
+    <t>8.2.2019</t>
+  </si>
+  <si>
+    <t>1.2.2019</t>
+  </si>
+  <si>
+    <t>11.1.2019</t>
+  </si>
+  <si>
+    <t>Ladislav Urbánek</t>
+  </si>
+  <si>
+    <t>1.2.2025</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>Václav Buřil</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>10.2.2023</t>
+  </si>
+  <si>
     <t>25.11.2022</t>
-  </si>
-[...343 lines deleted...]
-    <t>10.2.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1298,227 +1301,227 @@
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="7" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" s="7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Q7" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="R7" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="V7" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="W7" s="7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>418</v>
+      </c>
+      <c r="D8" s="4">
         <v>423</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>455</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>476</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>424</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>458</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>429</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>447</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>427</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>424</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>447</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>484</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>442</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>468</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>429</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>414</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>427</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>452</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>466</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>448</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>472</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>428</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>409</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>454</v>
       </c>
-      <c r="Z8" s="5">
+      <c r="AA8" s="5">
         <v>551</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>440</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>436</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>509</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>464</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
@@ -1550,55 +1553,55 @@
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>100</v>
       </c>
       <c r="T9" s="7">
         <v>100</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
       <c r="X9" s="7">
         <v>100</v>
       </c>
       <c r="Y9" s="7">
         <v>100</v>
       </c>
-      <c r="Z9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Z9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA9" s="5">
+        <v>120</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
@@ -1937,51 +1940,51 @@
       <c r="R15" s="7" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>101</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>102</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>72</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>73</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>103</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>104</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
@@ -2156,233 +2159,233 @@
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="D19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="F19" s="7" t="s">
+      <c r="G19" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="G19" s="7" t="s">
+      <c r="H19" s="7" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>40</v>
       </c>
       <c r="K19" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="L19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" s="7" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>46</v>
       </c>
       <c r="R19" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="S19" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="S19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T19" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="U19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>49</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>50</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Z19" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AA19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB19" s="7" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AE19" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF19" s="7" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>467</v>
+      </c>
+      <c r="D20" s="4">
         <v>425</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>438</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>501</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>437</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>511</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>452</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>475</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>483</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>449</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>458</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>472</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>451</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>479</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>451</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>466</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>475</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>470</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>403</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>452</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>422</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>494</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>455</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>492</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>449</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>463</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>474</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>448</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>457</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2429,55 +2432,55 @@
       </c>
       <c r="W21" s="7">
         <v>100</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
-      <c r="AE21" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF21" s="5">
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>115</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>116</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>117</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="7" t="s">
@@ -3065,51 +3068,51 @@
       <c r="J31" s="7" t="s">
         <v>98</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>99</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>100</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>102</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>103</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>77</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>104</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>78</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>105</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>171</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>79</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>80</v>
       </c>
@@ -3314,129 +3317,129 @@
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
       <c r="AE33" s="5">
         <v>120</v>
       </c>
       <c r="AF33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>175</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>108</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>109</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>110</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>111</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>112</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>113</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>176</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>105</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>61</v>
+        <v>177</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>450</v>
       </c>
       <c r="D36" s="4">
         <v>473</v>
       </c>
       <c r="E36" s="4">
         <v>446</v>
       </c>
       <c r="F36" s="4">
         <v>438</v>
       </c>
       <c r="G36" s="4">
         <v>445</v>
       </c>
       <c r="H36" s="4">