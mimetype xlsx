--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Výsledky hráčů družstva TJ Start Rychnov n. Kn. na kuželně Rychnov nad Kněžnou</t>
   </si>
   <si>
     <t>Oldřich Krsek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>26.3.2025</t>
   </si>
   <si>
     <t>12.3.2025</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>19.2.2025</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>22.2.2023</t>
   </si>
   <si>
     <t>1.2.2023</t>
   </si>
   <si>
     <t>21.11.2022</t>
   </si>
   <si>
     <t>2.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Dalibor Ksandr</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
@@ -197,453 +200,453 @@
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>14.4.2022</t>
   </si>
   <si>
+    <t>Martin Holakovský</t>
+  </si>
+  <si>
+    <t>15.2.2019</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>2.12.2017</t>
+  </si>
+  <si>
+    <t>28.10.2017</t>
+  </si>
+  <si>
+    <t>14.10.2017</t>
+  </si>
+  <si>
+    <t>23.9.2017</t>
+  </si>
+  <si>
+    <t>18.3.2017</t>
+  </si>
+  <si>
+    <t>11.2.2017</t>
+  </si>
+  <si>
+    <t>21.1.2017</t>
+  </si>
+  <si>
+    <t>10.12.2016</t>
+  </si>
+  <si>
+    <t>3.12.2016</t>
+  </si>
+  <si>
+    <t>12.11.2016</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>24.9.2016</t>
+  </si>
+  <si>
+    <t>17.9.2016</t>
+  </si>
+  <si>
+    <t>15.11.2014</t>
+  </si>
+  <si>
+    <t>Radek Jung</t>
+  </si>
+  <si>
+    <t>10.9.2016</t>
+  </si>
+  <si>
+    <t>2.4.2016</t>
+  </si>
+  <si>
+    <t>27.2.2016</t>
+  </si>
+  <si>
+    <t>6.2.2016</t>
+  </si>
+  <si>
+    <t>16.1.2016</t>
+  </si>
+  <si>
+    <t>12.12.2015</t>
+  </si>
+  <si>
+    <t>5.12.2015</t>
+  </si>
+  <si>
+    <t>21.11.2015</t>
+  </si>
+  <si>
+    <t>7.11.2015</t>
+  </si>
+  <si>
+    <t>24.10.2015</t>
+  </si>
+  <si>
+    <t>28.3.2015</t>
+  </si>
+  <si>
+    <t>7.3.2015</t>
+  </si>
+  <si>
+    <t>31.1.2015</t>
+  </si>
+  <si>
+    <t>6.12.2014</t>
+  </si>
+  <si>
+    <t>1.11.2014</t>
+  </si>
+  <si>
+    <t>18.10.2014</t>
+  </si>
+  <si>
+    <t>27.9.2014</t>
+  </si>
+  <si>
+    <t>13.4.2013</t>
+  </si>
+  <si>
+    <t>2.3.2013</t>
+  </si>
+  <si>
+    <t>9.2.2013</t>
+  </si>
+  <si>
+    <t>19.1.2013</t>
+  </si>
+  <si>
+    <t>24.11.2012</t>
+  </si>
+  <si>
+    <t>20.10.2012</t>
+  </si>
+  <si>
+    <t>29.9.2012</t>
+  </si>
+  <si>
+    <t>15.9.2012</t>
+  </si>
+  <si>
+    <t>29.10.2011</t>
+  </si>
+  <si>
+    <t>15.10.2011</t>
+  </si>
+  <si>
+    <t>Roman Kindl</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>20.9.2025</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>8.3.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>18.1.2025</t>
+  </si>
+  <si>
+    <t>7.12.2024</t>
+  </si>
+  <si>
+    <t>23.11.2024</t>
+  </si>
+  <si>
+    <t>9.11.2024</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>23.3.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>26.11.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>4.11.2023</t>
+  </si>
+  <si>
+    <t>7.10.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>18.3.2023</t>
+  </si>
+  <si>
+    <t>4.3.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>Jiří Brouček</t>
+  </si>
+  <si>
+    <t>28.9.2024</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>16.3.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>13.1.2018</t>
+  </si>
+  <si>
+    <t>11.11.2017</t>
+  </si>
+  <si>
+    <t>8.4.2017</t>
+  </si>
+  <si>
+    <t>25.2.2017</t>
+  </si>
+  <si>
+    <t>Jakub Seniura</t>
+  </si>
+  <si>
+    <t>4.10.2025</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>11.12.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>Jaroslav Kejzlar</t>
+  </si>
+  <si>
+    <t>5.4.2025</t>
+  </si>
+  <si>
+    <t>19.11.2016</t>
+  </si>
+  <si>
+    <t>15.10.2016</t>
+  </si>
+  <si>
+    <t>Vojtěch Šípek</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>Martin Čihák</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>Lubomír Šípek</t>
+  </si>
+  <si>
+    <t>12.11.2025</t>
+  </si>
+  <si>
+    <t>5.11.2025</t>
+  </si>
+  <si>
+    <t>8.10.2025</t>
+  </si>
+  <si>
+    <t>11.11.2022</t>
+  </si>
+  <si>
+    <t>19.10.2022</t>
+  </si>
+  <si>
+    <t>5.10.2022</t>
+  </si>
+  <si>
+    <t>21.2.2020</t>
+  </si>
+  <si>
+    <t>7.2.2020</t>
+  </si>
+  <si>
+    <t>17.1.2020</t>
+  </si>
+  <si>
+    <t>15.11.2019</t>
+  </si>
+  <si>
+    <t>8.11.2019</t>
+  </si>
+  <si>
+    <t>25.10.2019</t>
+  </si>
+  <si>
+    <t>11.10.2019</t>
+  </si>
+  <si>
+    <t>27.9.2019</t>
+  </si>
+  <si>
+    <t>20.9.2019</t>
+  </si>
+  <si>
+    <t>13.9.2019</t>
+  </si>
+  <si>
+    <t>29.3.2019</t>
+  </si>
+  <si>
+    <t>15.3.2019</t>
+  </si>
+  <si>
+    <t>1.3.2019</t>
+  </si>
+  <si>
+    <t>18.1.2019</t>
+  </si>
+  <si>
+    <t>16.11.2018</t>
+  </si>
+  <si>
+    <t>2.11.2018</t>
+  </si>
+  <si>
+    <t>19.10.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>Matěj Stančík</t>
+  </si>
+  <si>
     <t>1.4.2022</t>
-  </si>
-[...400 lines deleted...]
-    <t>Matěj Stančík</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
@@ -1487,286 +1490,286 @@
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="7" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" s="7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="R7" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="S7" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y7" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z7" s="7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>477</v>
+      </c>
+      <c r="D8" s="4">
         <v>458</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>464</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>488</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>484</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>448</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>591</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>478</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>434</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>477</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>460</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>467</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>453</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>468</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>461</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>475</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>489</v>
       </c>
-      <c r="S8" s="5">
+      <c r="T8" s="5">
         <v>582</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>489</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>458</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>407</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>484</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>434</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>458</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>468</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="AC8" s="4">
         <v>437</v>
       </c>
       <c r="AD8" s="4">
+        <v>437</v>
+      </c>
+      <c r="AE8" s="4">
         <v>440</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
-      <c r="H9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H9" s="7">
+        <v>100</v>
+      </c>
+      <c r="I9" s="5">
+        <v>120</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
       <c r="P9" s="7">
         <v>100</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
-      <c r="S9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="S9" s="7">
+        <v>100</v>
+      </c>
+      <c r="T9" s="5">
+        <v>120</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
       <c r="X9" s="7">
         <v>100</v>
       </c>
       <c r="Y9" s="7">
         <v>100</v>
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
@@ -2291,84 +2294,84 @@
       <c r="A19" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>110</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>111</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>114</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>115</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>118</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>119</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>120</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>121</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>122</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>123</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>124</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>125</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>126</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>127</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>128</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>129</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>130</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>131</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>28</v>
       </c>
@@ -2570,51 +2573,51 @@
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>111</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>113</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>114</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>115</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>116</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>117</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>137</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>138</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>139</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>140</v>
       </c>
@@ -2888,51 +2891,51 @@
       <c r="H27" s="7" t="s">
         <v>114</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>116</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>118</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>119</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>121</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>122</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>123</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>124</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>125</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>127</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>128</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>133</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>134</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>135</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>153</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>154</v>
       </c>
@@ -3152,51 +3155,51 @@
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>152</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>111</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>159</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>112</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>114</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>115</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>116</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>117</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>118</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>149</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>149</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>70</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>70</v>
       </c>
@@ -3764,51 +3767,51 @@
       <c r="L39" s="7" t="s">
         <v>118</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>119</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>137</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>120</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>121</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>122</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>123</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>124</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>125</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>126</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>127</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>128</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>129</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>169</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>130</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>131</v>
       </c>
@@ -4289,138 +4292,138 @@
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>61</v>
+        <v>196</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>156</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>185</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>411</v>
       </c>
       <c r="D48" s="4">
         <v>472</v>
       </c>
       <c r="E48" s="4">
         <v>451</v>
       </c>
       <c r="F48" s="4">
         <v>486</v>
       </c>
       <c r="G48" s="4">
         <v>488</v>
       </c>
       <c r="H48" s="4">
         <v>462</v>
       </c>
       <c r="I48" s="5">
@@ -4571,126 +4574,126 @@
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>109</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>110</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>152</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>111</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>143</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>144</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>145</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>146</v>
       </c>
       <c r="AC51" s="7" t="s">
         <v>147</v>
       </c>
       <c r="AD51" s="7" t="s">
         <v>66</v>
       </c>
       <c r="AE51" s="7" t="s">
         <v>148</v>
       </c>
       <c r="AF51" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">