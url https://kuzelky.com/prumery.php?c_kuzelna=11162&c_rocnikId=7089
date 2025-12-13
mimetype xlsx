--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Výsledky hráčů družstva Slovan K.Vary C na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Zdeňka Šultysová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
   <si>
@@ -297,50 +297,53 @@
     <t>8.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>Martina Sobotková</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>Lukáš Holý</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
@@ -2132,259 +2135,259 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="G23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="Z23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="7">
+        <v>511</v>
+      </c>
+      <c r="D24" s="7">
         <v>490</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>515</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>489</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>467</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>437</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>478</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>433</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>429</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>439</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>412</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>421</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>413</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>375</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>408</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>403</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>457</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>360</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>441</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>398</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>422</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>396</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>453</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>376</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>388</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>408</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>413</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>418</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>425</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
       <c r="G25" s="7">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
-      <c r="I25" s="6">
-        <v>100</v>
+      <c r="I25" s="7">
+        <v>120</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
@@ -2414,129 +2417,129 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>35</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="7">
         <v>565</v>
       </c>
       <c r="D28" s="7">
@@ -2702,120 +2705,120 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C32" s="4">
         <v>339</v>
       </c>
       <c r="D32" s="4">
         <v>419</v>
       </c>
       <c r="E32" s="4">
         <v>355</v>
       </c>
       <c r="F32" s="4">
         <v>380</v>
       </c>
       <c r="G32" s="4">
         <v>412</v>
       </c>
       <c r="H32" s="4">
         <v>396</v>
       </c>
       <c r="I32" s="4">
@@ -2918,51 +2921,51 @@
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>49</v>
       </c>
@@ -2984,69 +2987,69 @@
       <c r="O35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>56</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="7">
         <v>464</v>
       </c>
       <c r="D36" s="7">
         <v>498</v>
       </c>
       <c r="E36" s="7">
         <v>513</v>
       </c>
       <c r="F36" s="7">
@@ -3206,114 +3209,114 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>92</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>54</v>
       </c>
@@ -3485,51 +3488,51 @@
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>49</v>
       </c>
@@ -3560,69 +3563,69 @@
       <c r="R43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>45</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>45</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>55</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C44" s="4">
         <v>414</v>
       </c>
       <c r="D44" s="4">
         <v>395</v>
       </c>
       <c r="E44" s="4">
         <v>388</v>
       </c>
       <c r="F44" s="7">
         <v>483</v>
       </c>
       <c r="G44" s="4">
         <v>416</v>
       </c>
       <c r="H44" s="4">
         <v>409</v>
       </c>
       <c r="I44" s="4">
@@ -3773,84 +3776,84 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>51</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>42</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
@@ -3944,117 +3947,117 @@
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>88</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>89</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>63</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>91</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>93</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>35</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>36</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>50</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>53</v>
       </c>