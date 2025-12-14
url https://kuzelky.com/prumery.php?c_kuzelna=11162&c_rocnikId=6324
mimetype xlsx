--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -179,87 +179,87 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Václav Hlaváč st.</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Zdeněk Kříž st.</t>
   </si>
   <si>
     <t>Pavel Staša</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.9.2019</t>
   </si>
   <si>
     <t>Ladislav Urban</t>
   </si>
   <si>
     <t>Václav Krysl</t>
   </si>
   <si>
     <t>5.9.2020</t>
   </si>
   <si>
     <t>Lukáš Holý</t>
   </si>
   <si>
     <t>6.4.2023</t>
   </si>
   <si>
     <t>Luděk Stríž</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
@@ -1868,227 +1868,227 @@
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="I19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>530</v>
+      </c>
+      <c r="D20" s="4">
         <v>525</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>568</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>521</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>541</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>552</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>519</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>529</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>505</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>517</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>491</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>521</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>472</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>539</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>476</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>539</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>485</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>507</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>506</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>515</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>558</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>510</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>498</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>515</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>498</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>494</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>530</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>568</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>574</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2444,227 +2444,227 @@
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AB27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC27" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD27" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>531</v>
+      </c>
+      <c r="D28" s="4">
         <v>579</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>545</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>495</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="H28" s="4">
         <v>515</v>
       </c>
       <c r="I28" s="4">
+        <v>515</v>
+      </c>
+      <c r="J28" s="4">
         <v>535</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>525</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>519</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>543</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>510</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>500</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>533</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>514</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>529</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>555</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>509</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>534</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>530</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>552</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>566</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>545</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>571</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>554</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>550</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="AD28" s="4">
         <v>542</v>
       </c>
       <c r="AE28" s="4">
+        <v>542</v>
+      </c>
+      <c r="AF28" s="4">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -3080,72 +3080,72 @@
       <c r="Q35" s="6" t="s">
         <v>75</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>414</v>
       </c>
       <c r="D36" s="7">
         <v>395</v>
       </c>
       <c r="E36" s="7">
         <v>388</v>
       </c>
       <c r="F36" s="4">
         <v>483</v>
       </c>
       <c r="G36" s="7">
         <v>416</v>
       </c>
       <c r="H36" s="7">
         <v>409</v>
       </c>
       <c r="I36" s="7">