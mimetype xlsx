--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Výsledky hráčů družstva Kuželky Aš na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Ota Maršát st.</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>31.1.2015</t>
   </si>
   <si>
     <t>27.9.2014</t>
   </si>
@@ -661,384 +664,393 @@
       </c>
       <c r="H3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="6" t="s">
         <v>15</v>
       </c>
+      <c r="P3" s="6" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="4" spans="1:29">
       <c r="B4" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C4" s="4">
+        <v>583</v>
+      </c>
+      <c r="D4" s="4">
         <v>523</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>569</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>540</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>536</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>539</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>499</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>530</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>501</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>545</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>496</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>522</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>582</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>523</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="B5" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
         <v>120</v>
       </c>
       <c r="J5" s="4">
         <v>120</v>
       </c>
       <c r="K5" s="4">
         <v>120</v>
       </c>
       <c r="L5" s="4">
         <v>120</v>
       </c>
       <c r="M5" s="4">
         <v>120</v>
       </c>
       <c r="N5" s="4">
         <v>120</v>
       </c>
       <c r="O5" s="4">
+        <v>120</v>
+      </c>
+      <c r="P5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="B8" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C8" s="4">
         <v>577</v>
       </c>
       <c r="D8" s="4">
         <v>550</v>
       </c>
       <c r="E8" s="7">
         <v>429</v>
       </c>
       <c r="F8" s="7">
         <v>452</v>
       </c>
       <c r="G8" s="4">
         <v>562</v>
       </c>
       <c r="H8" s="4">
         <v>522</v>
       </c>
       <c r="I8" s="4">
         <v>523</v>
       </c>
       <c r="J8" s="4">
         <v>535</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="B9" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:29">
       <c r="A11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:29">
       <c r="B12" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C12" s="4">
         <v>528</v>
       </c>
       <c r="D12" s="4">
         <v>507</v>
       </c>
       <c r="E12" s="4">
         <v>519</v>
       </c>
       <c r="F12" s="4">
         <v>548</v>
       </c>
       <c r="G12" s="4">
         <v>561</v>
       </c>
     </row>
     <row r="13" spans="1:29">
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:29">
       <c r="A15" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:29">
       <c r="B16" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C16" s="4">
         <v>559</v>
       </c>
       <c r="D16" s="4">
         <v>539</v>
       </c>
       <c r="E16" s="4">
         <v>524</v>
       </c>
       <c r="F16" s="4">
         <v>596</v>
       </c>
       <c r="G16" s="4">
         <v>560</v>
       </c>
       <c r="H16" s="4">
         <v>537</v>
       </c>
       <c r="I16" s="4">
         <v>527</v>
       </c>
       <c r="J16" s="4">
         <v>541</v>
       </c>
@@ -1080,51 +1092,51 @@
       </c>
       <c r="W16" s="4">
         <v>541</v>
       </c>
       <c r="X16" s="4">
         <v>586</v>
       </c>
       <c r="Y16" s="4">
         <v>548</v>
       </c>
       <c r="Z16" s="7">
         <v>468</v>
       </c>
       <c r="AA16" s="7">
         <v>442</v>
       </c>
       <c r="AB16" s="4">
         <v>559</v>
       </c>
       <c r="AC16" s="4">
         <v>531</v>
       </c>
     </row>
     <row r="17" spans="1:29">
       <c r="B17" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
         <v>120</v>
       </c>
       <c r="J17" s="4">
         <v>120</v>
       </c>
@@ -1166,172 +1178,172 @@
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
       <c r="Y17" s="4">
         <v>120</v>
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:29">
       <c r="A19" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:29">
       <c r="B20" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C20" s="4">
         <v>520</v>
       </c>
       <c r="D20" s="4">
         <v>550</v>
       </c>
       <c r="E20" s="4">
         <v>578</v>
       </c>
     </row>
     <row r="21" spans="1:29">
       <c r="B21" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:29">
       <c r="A23" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:29">
       <c r="B24" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C24" s="4">
         <v>564</v>
       </c>
     </row>
     <row r="25" spans="1:29">
       <c r="B25" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:29">
       <c r="A27" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:29">
       <c r="B28" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C28" s="4">
         <v>571</v>
       </c>
       <c r="D28" s="4">
         <v>536</v>
       </c>
       <c r="E28" s="7">
         <v>433</v>
       </c>
       <c r="F28" s="7">
         <v>461</v>
       </c>
       <c r="G28" s="4">
         <v>521</v>
       </c>
       <c r="H28" s="4">
         <v>579</v>
       </c>
     </row>
     <row r="29" spans="1:29">
       <c r="B29" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>