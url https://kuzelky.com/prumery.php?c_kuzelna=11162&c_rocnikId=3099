--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Výsledky hráčů družstva KK Karlovy Vary na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Lubomír Martinek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
@@ -107,210 +110,207 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>6.4.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Ladislav st. Urban</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>1.2.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>17.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>30.3.2019</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>1.10.2016</t>
+  </si>
+  <si>
+    <t>17.9.2016</t>
+  </si>
+  <si>
+    <t>1.10.2011</t>
+  </si>
+  <si>
+    <t>19.3.2011</t>
+  </si>
+  <si>
+    <t>26.2.2011</t>
+  </si>
+  <si>
+    <t>5.2.2011</t>
+  </si>
+  <si>
+    <t>27.11.2010</t>
+  </si>
+  <si>
+    <t>16.10.2010</t>
+  </si>
+  <si>
+    <t>2.10.2010</t>
+  </si>
+  <si>
+    <t>25.9.2010</t>
+  </si>
+  <si>
+    <t>11.9.2010</t>
+  </si>
+  <si>
+    <t>Josef Ženíšek</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
+    <t>22.1.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>5.10.2019</t>
+  </si>
+  <si>
+    <t>21.9.2019</t>
+  </si>
+  <si>
+    <t>16.3.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>16.2.2019</t>
+  </si>
+  <si>
+    <t>Petr Čolák</t>
+  </si>
+  <si>
+    <t>22.11.2025</t>
+  </si>
+  <si>
+    <t>5.4.2025</t>
+  </si>
+  <si>
+    <t>18.1.2025</t>
+  </si>
+  <si>
+    <t>21.9.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
     <t>25.2.2023</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...151 lines deleted...]
-  <si>
     <t>8.10.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.10.2022</t>
   </si>
   <si>
     <t>Pavel Boháč</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>15.9.2018</t>
   </si>
   <si>
     <t>1.4.2017</t>
   </si>
   <si>
     <t>18.3.2017</t>
   </si>
@@ -851,51 +851,51 @@
       <c r="F3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="P3" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Q3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="R3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S3" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T3" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U3" s="7" t="s">
         <v>20</v>
       </c>
       <c r="V3" s="7" t="s">
         <v>21</v>
       </c>
@@ -913,138 +913,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="4">
+        <v>535</v>
+      </c>
+      <c r="D4" s="4">
         <v>526</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>478</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>505</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>525</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>534</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>503</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>504</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>502</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>524</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>538</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="O4" s="4">
         <v>515</v>
       </c>
       <c r="P4" s="4">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="Q4" s="4">
         <v>519</v>
       </c>
       <c r="R4" s="4">
+        <v>519</v>
+      </c>
+      <c r="S4" s="4">
         <v>496</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>521</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>513</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>494</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>514</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>522</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>509</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>517</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>520</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>508</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>388</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>422</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>425</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1082,52 +1082,52 @@
       </c>
       <c r="T5" s="4">
         <v>120</v>
       </c>
       <c r="U5" s="4">
         <v>120</v>
       </c>
       <c r="V5" s="4">
         <v>120</v>
       </c>
       <c r="W5" s="4">
         <v>120</v>
       </c>
       <c r="X5" s="4">
         <v>120</v>
       </c>
       <c r="Y5" s="4">
         <v>120</v>
       </c>
       <c r="Z5" s="4">
         <v>120</v>
       </c>
       <c r="AA5" s="4">
         <v>120</v>
       </c>
-      <c r="AB5" s="7">
-        <v>100</v>
+      <c r="AB5" s="4">
+        <v>120</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="7" t="s">
@@ -1337,54 +1337,54 @@
       </c>
       <c r="W9" s="4">
         <v>120</v>
       </c>
       <c r="X9" s="4">
         <v>120</v>
       </c>
       <c r="Y9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>66</v>
       </c>
@@ -1619,233 +1619,233 @@
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D15" s="7" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="M15" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="M15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N15" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="O15" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="P15" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="P15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q15" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="R15" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="R15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="T15" s="7" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>22</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AC15" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD15" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="AD15" s="7" t="s">
+      <c r="AE15" s="7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4">
+        <v>513</v>
+      </c>
+      <c r="D16" s="4">
         <v>515</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>519</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>518</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>513</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>510</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>511</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>520</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>562</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>567</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>547</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>514</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>506</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>542</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>508</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>519</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>546</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>498</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>531</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>526</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>490</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>500</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>524</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>414</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>413</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>441</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>466</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>443</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>434</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1874,52 +1874,52 @@
       </c>
       <c r="Q17" s="4">
         <v>120</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="4">
         <v>120</v>
       </c>
       <c r="T17" s="4">
         <v>120</v>
       </c>
       <c r="U17" s="4">
         <v>120</v>
       </c>
       <c r="V17" s="4">
         <v>120</v>
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
-      <c r="Y17" s="7">
-        <v>100</v>
+      <c r="Y17" s="4">
+        <v>120</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
@@ -2486,108 +2486,108 @@
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>103</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>104</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>79</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>105</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>105</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>80</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>81</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>82</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>106</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>107</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>108</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>109</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>110</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>112</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>113</v>
       </c>