--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Výsledky hráčů družstva SKK K.Vary B  na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Bronislava Hánělová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>6.4.2023</t>
   </si>
   <si>
@@ -152,50 +152,53 @@
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>Jiří Gabriško</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -221,120 +224,120 @@
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>13.4.2023</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
+    <t>Ladislav Urban</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>30.3.2019</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>1.10.2016</t>
+  </si>
+  <si>
+    <t>17.9.2016</t>
+  </si>
+  <si>
+    <t>1.10.2011</t>
+  </si>
+  <si>
+    <t>19.3.2011</t>
+  </si>
+  <si>
+    <t>26.2.2011</t>
+  </si>
+  <si>
+    <t>5.2.2011</t>
+  </si>
+  <si>
+    <t>27.11.2010</t>
+  </si>
+  <si>
+    <t>16.10.2010</t>
+  </si>
+  <si>
+    <t>2.10.2010</t>
+  </si>
+  <si>
+    <t>25.9.2010</t>
+  </si>
+  <si>
+    <t>11.9.2010</t>
+  </si>
+  <si>
+    <t>Vítězslav Vodehnal</t>
+  </si>
+  <si>
+    <t>18.10.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>Václav Zeman</t>
+  </si>
+  <si>
+    <t>20.3.2025</t>
+  </si>
+  <si>
+    <t>Libor Kupka</t>
+  </si>
+  <si>
     <t>26.3.2022</t>
-  </si>
-[...67 lines deleted...]
-    <t>Libor Kupka</t>
   </si>
   <si>
     <t>Pavel Pazdera</t>
   </si>
   <si>
     <t>29.9.2019</t>
   </si>
   <si>
     <t>16.3.2019</t>
   </si>
   <si>
     <t>25.11.2018</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>4.3.2017</t>
   </si>
   <si>
     <t>18.2.2017</t>
   </si>
@@ -1460,173 +1463,173 @@
       <c r="O11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="W11" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="X11" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="X11" s="7" t="s">
+      <c r="Y11" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="Y11" s="7" t="s">
+      <c r="Z11" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="Z11" s="7" t="s">
+      <c r="AA11" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="AA11" s="7" t="s">
+      <c r="AB11" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="AB11" s="7" t="s">
+      <c r="AC11" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>459</v>
+      </c>
+      <c r="D12" s="4">
         <v>462</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>470</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>441</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>482</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>459</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>491</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>436</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>453</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>466</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>413</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>477</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>501</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>517</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>474</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>449</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>523</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>519</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>474</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>482</v>
       </c>
-      <c r="V12" s="5">
+      <c r="W12" s="5">
         <v>348</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>378</v>
       </c>
-      <c r="X12" s="5">
+      <c r="Y12" s="5">
         <v>443</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>367</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>442</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>428</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>401</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>403</v>
       </c>
-      <c r="AD12" s="5">
+      <c r="AE12" s="5">
         <v>415</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1646,52 +1649,52 @@
       </c>
       <c r="N13" s="4">
         <v>120</v>
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
-      <c r="V13" s="7">
-        <v>100</v>
+      <c r="V13" s="4">
+        <v>120</v>
       </c>
       <c r="W13" s="7">
         <v>100</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
@@ -1922,224 +1925,224 @@
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
       <c r="Y17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19" s="7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>50</v>
       </c>
       <c r="I19" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="J19" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>55</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>56</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>58</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Q19" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="R19" s="7" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>61</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>63</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>64</v>
       </c>
       <c r="W19" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="X19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>67</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>465</v>
+      </c>
+      <c r="D20" s="4">
         <v>512</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>474</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>459</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>491</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>532</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>506</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>493</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>508</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>518</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>510</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>497</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>494</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>482</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>496</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>506</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>523</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>506</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>482</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>506</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>468</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>428</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>426</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>381</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>430</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>401</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>439</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>392</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>388</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2162,177 +2165,177 @@
       </c>
       <c r="O21" s="4">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>120</v>
       </c>
       <c r="Q21" s="4">
         <v>120</v>
       </c>
       <c r="R21" s="4">
         <v>120</v>
       </c>
       <c r="S21" s="4">
         <v>120</v>
       </c>
       <c r="T21" s="4">
         <v>120</v>
       </c>
       <c r="U21" s="4">
         <v>120</v>
       </c>
       <c r="V21" s="4">
         <v>120</v>
       </c>
-      <c r="W21" s="7">
-        <v>100</v>
+      <c r="W21" s="4">
+        <v>120</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>86</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>91</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>87</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>89</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>490</v>
       </c>
       <c r="D24" s="4">
         <v>482</v>
       </c>
       <c r="E24" s="4">
         <v>552</v>
       </c>
       <c r="F24" s="4">
         <v>501</v>
       </c>
       <c r="G24" s="4">
         <v>555</v>
       </c>
       <c r="H24" s="4">
         <v>530</v>
       </c>
       <c r="I24" s="4">
@@ -2498,224 +2501,224 @@
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>47</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F27" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G27" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="G27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I27" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="J27" s="7" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="L27" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M27" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>55</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>56</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>58</v>
       </c>
       <c r="S27" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="T27" s="7" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>61</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="X27" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="AD27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE27" s="7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>519</v>
+      </c>
+      <c r="D28" s="4">
         <v>476</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>494</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>486</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>492</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>467</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>520</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>540</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>490</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>498</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>475</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>517</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>497</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>508</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>500</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>511</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>518</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>520</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>518</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>497</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>534</v>
       </c>
-      <c r="W28" s="5">
+      <c r="X28" s="5">
         <v>436</v>
       </c>
-      <c r="X28" s="5">
+      <c r="Y28" s="5">
         <v>450</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>416</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>418</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>421</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>387</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>412</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>397</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2738,174 +2741,174 @@
       </c>
       <c r="O29" s="4">
         <v>120</v>
       </c>
       <c r="P29" s="4">
         <v>120</v>
       </c>
       <c r="Q29" s="4">
         <v>120</v>
       </c>
       <c r="R29" s="4">
         <v>120</v>
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
-      <c r="W29" s="7">
-        <v>100</v>
+      <c r="W29" s="4">
+        <v>120</v>
       </c>
       <c r="X29" s="7">
         <v>100</v>
       </c>
       <c r="Y29" s="7">
         <v>100</v>
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>28</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>31</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>32</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>484</v>
       </c>
       <c r="D32" s="4">
         <v>478</v>
       </c>
       <c r="E32" s="4">
         <v>495</v>
       </c>
       <c r="F32" s="5">
         <v>397</v>
       </c>
       <c r="G32" s="5">
         <v>439</v>
       </c>
       <c r="H32" s="5">
@@ -3059,144 +3062,144 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>71</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>72</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>43</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>400</v>
       </c>
       <c r="D36" s="5">
         <v>430</v>
       </c>
       <c r="E36" s="5">
         <v>456</v>
       </c>
       <c r="F36" s="5">
         <v>422</v>
       </c>
       <c r="G36" s="5">
         <v>416</v>
       </c>
       <c r="H36" s="5">
         <v>418</v>
       </c>
       <c r="I36" s="5">
@@ -3347,138 +3350,138 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>23</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>28</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>30</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>72</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>72</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>31</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>32</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>43</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>44</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>413</v>
       </c>
       <c r="D40" s="5">
         <v>383</v>
       </c>
       <c r="E40" s="5">
         <v>394</v>
       </c>
       <c r="F40" s="5">
         <v>453</v>
       </c>
       <c r="G40" s="5">
@@ -3635,265 +3638,265 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D43" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>50</v>
       </c>
       <c r="G43" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H43" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="H43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="J43" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>120</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>121</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>122</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>123</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>124</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>125</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>126</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>127</v>
+        <v>68</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>128</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>129</v>
       </c>
       <c r="V43" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="W43" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="W43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X43" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="Y43" s="7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>132</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>133</v>
       </c>
       <c r="AB43" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC43" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AC43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD43" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="AE43" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AE43" s="7" t="s">
+      <c r="AF43" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>511</v>
+      </c>
+      <c r="D44" s="4">
         <v>490</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>515</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>489</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>467</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>437</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>478</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>433</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>429</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>439</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>412</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>421</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>413</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>375</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>408</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>403</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>457</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>360</v>
       </c>
-      <c r="T44" s="5">
+      <c r="U44" s="5">
         <v>441</v>
       </c>
-      <c r="U44" s="5">
+      <c r="V44" s="5">
         <v>398</v>
       </c>
-      <c r="V44" s="5">
+      <c r="W44" s="5">
         <v>422</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>396</v>
       </c>
-      <c r="X44" s="5">
+      <c r="Y44" s="5">
         <v>453</v>
       </c>
-      <c r="Y44" s="5">
+      <c r="Z44" s="5">
         <v>376</v>
       </c>
-      <c r="Z44" s="5">
+      <c r="AA44" s="5">
         <v>388</v>
       </c>
-      <c r="AA44" s="5">
+      <c r="AB44" s="5">
         <v>408</v>
       </c>
-      <c r="AB44" s="5">
+      <c r="AC44" s="5">
         <v>413</v>
       </c>
-      <c r="AC44" s="5">
+      <c r="AD44" s="5">
         <v>418</v>
       </c>
-      <c r="AD44" s="5">
+      <c r="AE44" s="5">
         <v>425</v>
       </c>
-      <c r="AE44" s="5">
+      <c r="AF44" s="5">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
-      <c r="I45" s="7">
-        <v>100</v>
+      <c r="I45" s="4">
+        <v>120</v>
       </c>
       <c r="J45" s="7">
         <v>100</v>
       </c>
       <c r="K45" s="7">
         <v>100</v>
       </c>
       <c r="L45" s="7">
         <v>100</v>
       </c>
       <c r="M45" s="7">
         <v>100</v>
       </c>
       <c r="N45" s="7">
         <v>100</v>
       </c>
       <c r="O45" s="7">
         <v>100</v>
       </c>
       <c r="P45" s="7">
         <v>100</v>
       </c>
       <c r="Q45" s="7">
         <v>100</v>
       </c>