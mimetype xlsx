--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Výsledky hráčů družstva TJ Slovan Karlovy Vary na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Tomáš Beck st.</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
@@ -176,96 +176,99 @@
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Václav Hlaváč st.</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Pavel Staša</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
+    <t>Jaroslav Páv</t>
+  </si>
+  <si>
+    <t>5.9.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
     <t>14.9.2019</t>
-  </si>
-[...7 lines deleted...]
-    <t>30.11.2019</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>9.2.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>20.1.2018</t>
   </si>
   <si>
     <t>25.11.2017</t>
   </si>
   <si>
     <t>18.11.2017</t>
   </si>
@@ -1694,227 +1697,227 @@
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E15" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="I15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L15" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>530</v>
+      </c>
+      <c r="D16" s="4">
         <v>525</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>568</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>521</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>541</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>552</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>519</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>529</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>505</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>517</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>491</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>521</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>472</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>539</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>476</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>539</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>485</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>507</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>506</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>515</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>558</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>510</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>498</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>515</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>498</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>494</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>530</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>568</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>574</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1976,138 +1979,138 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>515</v>
       </c>
       <c r="D20" s="4">
         <v>531</v>
       </c>
       <c r="E20" s="4">
         <v>501</v>
       </c>
       <c r="F20" s="4">
         <v>524</v>
       </c>
       <c r="G20" s="4">
         <v>564</v>
       </c>
       <c r="H20" s="4">
         <v>542</v>
       </c>
       <c r="I20" s="4">
@@ -2258,144 +2261,144 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
         <v>418</v>
       </c>
       <c r="D24" s="7">
         <v>450</v>
       </c>
       <c r="E24" s="4">
         <v>524</v>
       </c>
       <c r="F24" s="4">
         <v>504</v>
       </c>
       <c r="G24" s="4">
         <v>510</v>
       </c>
       <c r="H24" s="4">
         <v>580</v>
       </c>
       <c r="I24" s="4">
@@ -2546,51 +2549,51 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>39</v>
       </c>
@@ -2834,239 +2837,239 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AB31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>531</v>
+      </c>
+      <c r="D32" s="4">
         <v>579</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>545</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>495</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="H32" s="4">
         <v>515</v>
       </c>
       <c r="I32" s="4">
+        <v>515</v>
+      </c>
+      <c r="J32" s="4">
         <v>535</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>525</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>519</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>543</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>510</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>500</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>533</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>514</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>529</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>555</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>509</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>534</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>530</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>552</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>566</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>545</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>571</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>554</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>550</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="AD32" s="4">
         <v>542</v>
       </c>
       <c r="AE32" s="4">
+        <v>542</v>
+      </c>
+      <c r="AF32" s="4">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3122,239 +3125,239 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>113</v>
+        <v>54</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>55</v>
+        <v>114</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>114</v>
+        <v>56</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="M35" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O35" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P35" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S35" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="V35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="X35" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>533</v>
+      </c>
+      <c r="D36" s="4">
         <v>512</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>557</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>445</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>495</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>466</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>533</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="K36" s="4">
         <v>529</v>
       </c>
       <c r="L36" s="4">
+        <v>529</v>
+      </c>
+      <c r="M36" s="4">
         <v>588</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>510</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>507</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>504</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>506</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>498</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>517</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>507</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>503</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>483</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>495</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>524</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>496</v>
       </c>
-      <c r="Y36" s="7">
+      <c r="Z36" s="7">
         <v>434</v>
       </c>
-      <c r="Z36" s="7">
+      <c r="AA36" s="7">
         <v>468</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>452</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>431</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>436</v>
       </c>
-      <c r="AD36" s="7">
+      <c r="AE36" s="7">
         <v>421</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3383,52 +3386,52 @@
       </c>
       <c r="Q37" s="4">
         <v>120</v>
       </c>
       <c r="R37" s="4">
         <v>120</v>
       </c>
       <c r="S37" s="4">
         <v>120</v>
       </c>
       <c r="T37" s="4">
         <v>120</v>
       </c>
       <c r="U37" s="4">
         <v>120</v>
       </c>
       <c r="V37" s="4">
         <v>120</v>
       </c>
       <c r="W37" s="4">
         <v>120</v>
       </c>
       <c r="X37" s="4">
         <v>120</v>
       </c>
-      <c r="Y37" s="6">
-        <v>100</v>
+      <c r="Y37" s="4">
+        <v>120</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>