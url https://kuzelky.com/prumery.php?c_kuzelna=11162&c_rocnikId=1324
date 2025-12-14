--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Výsledky hráčů družstva Slovan K.Vary˝B˝ na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>František Průša</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
   <si>
@@ -210,50 +210,53 @@
     <t>1.10.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>Václav Šnajdr</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>30.3.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
@@ -1517,202 +1520,208 @@
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="F11" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="F11" s="7" t="s">
+      <c r="G11" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="G11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" s="7" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" s="7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>76</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>77</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>79</v>
       </c>
       <c r="V11" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="W11" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="W11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X11" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y11" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="Y11" s="7" t="s">
-        <v>81</v>
+      <c r="Z11" s="7" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="5">
+        <v>415</v>
+      </c>
+      <c r="D12" s="5">
         <v>498</v>
       </c>
-      <c r="D12" s="5">
+      <c r="E12" s="5">
         <v>423</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>382</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>420</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>438</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>386</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>417</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>442</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>402</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>391</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>368</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>357</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>409</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>355</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>392</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>286</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>391</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>428</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>362</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>397</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>434</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>342</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>342</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="5">
         <v>120</v>
       </c>
       <c r="D13" s="5">
         <v>120</v>
       </c>
-      <c r="E13" s="7">
-        <v>100</v>
+      <c r="E13" s="5">
+        <v>120</v>
       </c>
       <c r="F13" s="7">
         <v>100</v>
       </c>
       <c r="G13" s="7">
         <v>100</v>
       </c>
       <c r="H13" s="7">
         <v>100</v>
       </c>
       <c r="I13" s="7">
         <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>100</v>
       </c>
       <c r="K13" s="7">
         <v>100</v>
       </c>
       <c r="L13" s="7">
         <v>100</v>
       </c>
       <c r="M13" s="7">
         <v>100</v>
       </c>
@@ -1728,98 +1737,101 @@
       <c r="Q13" s="7">
         <v>100</v>
       </c>
       <c r="R13" s="7">
         <v>100</v>
       </c>
       <c r="S13" s="7">
         <v>100</v>
       </c>
       <c r="T13" s="7">
         <v>100</v>
       </c>
       <c r="U13" s="7">
         <v>100</v>
       </c>
       <c r="V13" s="7">
         <v>100</v>
       </c>
       <c r="W13" s="7">
         <v>100</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>18</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>22</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>23</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>25</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>27</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>30</v>
       </c>
@@ -1940,144 +1952,144 @@
       </c>
       <c r="Q17" s="7">
         <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
       <c r="W17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>35</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>40</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="5">
         <v>549</v>
       </c>
       <c r="D20" s="5">
         <v>523</v>
       </c>
       <c r="E20" s="5">
         <v>519</v>
       </c>
       <c r="F20" s="5">
         <v>538</v>
       </c>
       <c r="G20" s="5">
         <v>536</v>
       </c>
       <c r="H20" s="5">
         <v>521</v>
       </c>
       <c r="I20" s="5">
@@ -2228,111 +2240,111 @@
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>7</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>24</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>26</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>27</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>28</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="5">
@@ -2471,135 +2483,135 @@
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
       <c r="W25" s="7">
         <v>100</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="5">
         <v>491</v>
       </c>
       <c r="D28" s="4">
         <v>434</v>
       </c>
       <c r="E28" s="4">
         <v>425</v>
       </c>
       <c r="F28" s="5">
         <v>544</v>
       </c>
       <c r="G28" s="5">
         <v>549</v>
       </c>
       <c r="H28" s="5">
         <v>548</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="4">
         <v>399</v>
       </c>
       <c r="D32" s="4">
@@ -2633,114 +2645,114 @@
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>49</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="5">
         <v>531</v>
       </c>
       <c r="D36" s="5">
         <v>517</v>
       </c>
       <c r="E36" s="5">
         <v>491</v>
       </c>
       <c r="F36" s="5">
         <v>545</v>
       </c>
       <c r="G36" s="5">
@@ -2849,144 +2861,144 @@
       </c>
       <c r="R37" s="7">
         <v>100</v>
       </c>
       <c r="S37" s="7">
         <v>100</v>
       </c>
       <c r="T37" s="7">
         <v>100</v>
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
       <c r="V37" s="7">
         <v>100</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>60</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="5">
         <v>536</v>
       </c>
       <c r="D40" s="5">
         <v>509</v>
       </c>
       <c r="E40" s="5">
         <v>497</v>
       </c>
       <c r="F40" s="5">
         <v>505</v>
       </c>
       <c r="G40" s="5">
         <v>502</v>
       </c>
       <c r="H40" s="5">
         <v>483</v>
       </c>
       <c r="I40" s="5">
@@ -3137,144 +3149,144 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>37</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>40</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>53</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="5">
         <v>494</v>
       </c>
       <c r="D44" s="5">
         <v>501</v>
       </c>
       <c r="E44" s="5">
         <v>512</v>
       </c>
       <c r="F44" s="5">
         <v>485</v>
       </c>
       <c r="G44" s="5">
         <v>513</v>
       </c>
       <c r="H44" s="5">
         <v>541</v>
       </c>
       <c r="I44" s="5">
@@ -3425,144 +3437,144 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>36</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>40</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O47" s="7" t="s">
         <v>44</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="S47" s="7" t="s">
         <v>49</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="X47" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C48" s="5">
         <v>501</v>
       </c>
       <c r="D48" s="5">
         <v>508</v>
       </c>
       <c r="E48" s="5">
         <v>509</v>
       </c>
       <c r="F48" s="5">
         <v>517</v>
       </c>
       <c r="G48" s="5">
         <v>516</v>
       </c>
       <c r="H48" s="5">
         <v>519</v>
       </c>
       <c r="I48" s="5">
@@ -3713,126 +3725,126 @@
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>60</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Y51" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>3</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>4</v>
       </c>
       <c r="AC51" s="7" t="s">
         <v>5</v>
       </c>
       <c r="AD51" s="7" t="s">
         <v>6</v>
       </c>
       <c r="AE51" s="7" t="s">
         <v>7</v>
       </c>
       <c r="AF51" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C52" s="5">
@@ -4001,144 +4013,144 @@
       </c>
       <c r="Z53" s="7">
         <v>100</v>
       </c>
       <c r="AA53" s="7">
         <v>100</v>
       </c>
       <c r="AB53" s="7">
         <v>100</v>
       </c>
       <c r="AC53" s="7">
         <v>100</v>
       </c>
       <c r="AD53" s="7">
         <v>100</v>
       </c>
       <c r="AE53" s="7">
         <v>100</v>
       </c>
       <c r="AF53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>35</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>36</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="T55" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="U55" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V55" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="W55" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="X55" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Y55" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Z55" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AA55" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AB55" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AC55" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AD55" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AE55" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AF55" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C56" s="5">
         <v>486</v>
       </c>
       <c r="D56" s="5">
         <v>527</v>
       </c>
       <c r="E56" s="5">
         <v>488</v>
       </c>
       <c r="F56" s="5">
         <v>538</v>
       </c>
       <c r="G56" s="5">
         <v>489</v>
       </c>
       <c r="H56" s="5">
         <v>581</v>
       </c>
       <c r="I56" s="5">
@@ -4289,69 +4301,69 @@
       </c>
       <c r="Z57" s="5">
         <v>120</v>
       </c>
       <c r="AA57" s="7">
         <v>100</v>
       </c>
       <c r="AB57" s="7">
         <v>100</v>
       </c>
       <c r="AC57" s="7">
         <v>100</v>
       </c>
       <c r="AD57" s="7">
         <v>100</v>
       </c>
       <c r="AE57" s="7">
         <v>100</v>
       </c>
       <c r="AF57" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I59" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J59" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K59" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L59" s="7" t="s">
         <v>9</v>
       </c>
       <c r="M59" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N59" s="7" t="s">
         <v>12</v>
       </c>
       <c r="O59" s="7" t="s">
         <v>15</v>
       </c>
@@ -4460,144 +4472,144 @@
       </c>
       <c r="M61" s="7">
         <v>100</v>
       </c>
       <c r="N61" s="7">
         <v>100</v>
       </c>
       <c r="O61" s="7">
         <v>100</v>
       </c>
       <c r="P61" s="7">
         <v>100</v>
       </c>
       <c r="Q61" s="7">
         <v>100</v>
       </c>
       <c r="R61" s="7">
         <v>100</v>
       </c>
       <c r="S61" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>36</v>
       </c>
       <c r="I63" s="7" t="s">
         <v>37</v>
       </c>
       <c r="J63" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K63" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L63" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M63" s="7" t="s">
         <v>40</v>
       </c>
       <c r="N63" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="O63" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P63" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q63" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="R63" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="S63" s="7" t="s">
         <v>44</v>
       </c>
       <c r="T63" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="U63" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="V63" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="W63" s="7" t="s">
         <v>49</v>
       </c>
       <c r="X63" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Y63" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Z63" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AA63" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AB63" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AC63" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AD63" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AE63" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AF63" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C64" s="5">
         <v>533</v>
       </c>
       <c r="D64" s="5">
         <v>512</v>
       </c>
       <c r="E64" s="5">
         <v>557</v>
       </c>
       <c r="F64" s="5">
         <v>445</v>
       </c>
       <c r="G64" s="5">
         <v>495</v>
       </c>
       <c r="H64" s="5">
         <v>466</v>
       </c>
       <c r="I64" s="5">