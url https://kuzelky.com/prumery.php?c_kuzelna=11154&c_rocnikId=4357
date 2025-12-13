--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -377,72 +377,72 @@
   <si>
     <t>10.2.2014</t>
   </si>
   <si>
     <t>25.11.2013</t>
   </si>
   <si>
     <t>11.11.2013</t>
   </si>
   <si>
     <t>7.10.2013</t>
   </si>
   <si>
     <t>16.9.2013</t>
   </si>
   <si>
     <t>11.3.2013</t>
   </si>
   <si>
     <t>11.2.2013</t>
   </si>
   <si>
     <t>Jaromír Martiník</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>6.10.2025</t>
   </si>
   <si>
     <t>Petr Vaněk</t>
   </si>
   <si>
     <t>2.8.2021</t>
   </si>
   <si>
     <t>19.7.2021</t>
   </si>
   <si>
     <t>David Schiedek</t>
   </si>
   <si>
     <t>22.9.2025</t>
   </si>
   <si>
     <t>Miroslav Procházka</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.7.2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2300,233 +2300,233 @@
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D23" s="7" t="s">
+      <c r="E23" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E23" s="7" t="s">
+      <c r="F23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="I23" s="7" t="s">
+      <c r="J23" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="J23" s="7" t="s">
+      <c r="K23" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="L23" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="L23" s="7" t="s">
+      <c r="M23" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="P23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="AC23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD23" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="AE23" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>450</v>
+      </c>
+      <c r="D24" s="4">
         <v>401</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>422</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>426</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>408</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>450</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>453</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>469</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>454</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>465</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>416</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>451</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>450</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>490</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>436</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>422</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>433</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>402</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>437</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>486</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>434</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>479</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>406</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>390</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>397</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>442</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>439</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>427</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>449</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
@@ -2582,51 +2582,51 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>40</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>41</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>43</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>46</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>47</v>
       </c>
@@ -2669,54 +2669,54 @@
       <c r="V27" s="7" t="s">
         <v>100</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>60</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>101</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>61</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>453</v>
       </c>
       <c r="D28" s="4">
         <v>410</v>
       </c>
       <c r="E28" s="4">
         <v>407</v>
       </c>
       <c r="F28" s="4">
         <v>389</v>
       </c>
       <c r="G28" s="4">
         <v>444</v>
       </c>
       <c r="H28" s="4">
@@ -2870,239 +2870,239 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D31" s="7" t="s">
+      <c r="E31" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="7" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G31" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="I31" s="7" t="s">
+      <c r="J31" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="J31" s="7" t="s">
+      <c r="K31" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="K31" s="7" t="s">
+      <c r="L31" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="M31" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="Q31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R31" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="S31" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>124</v>
       </c>
       <c r="AA31" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB31" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="AD31" s="7" t="s">
+      <c r="AE31" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>380</v>
+      </c>
+      <c r="D32" s="4">
         <v>382</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>396</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>392</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>378</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>379</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>421</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>414</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>387</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>381</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>393</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>417</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>398</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>420</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>430</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>415</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>377</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>370</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>413</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>410</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="X32" s="4">
         <v>414</v>
       </c>
-      <c r="Y32" s="5">
-        <v>446</v>
+      <c r="Y32" s="4">
+        <v>414</v>
       </c>
       <c r="Z32" s="5">
         <v>446</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AA32" s="5">
+        <v>446</v>
+      </c>
+      <c r="AB32" s="4">
         <v>337</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>406</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>366</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>404</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
@@ -3131,266 +3131,266 @@
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
       <c r="W33" s="7">
         <v>100</v>
       </c>
       <c r="X33" s="7">
         <v>100</v>
       </c>
-      <c r="Y33" s="5">
-        <v>120</v>
+      <c r="Y33" s="7">
+        <v>100</v>
       </c>
       <c r="Z33" s="5">
         <v>120</v>
       </c>
-      <c r="AA33" s="7">
-        <v>100</v>
+      <c r="AA33" s="5">
+        <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D35" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D35" s="7" t="s">
+      <c r="E35" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="7" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G35" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="H35" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="I35" s="7" t="s">
+      <c r="J35" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="J35" s="7" t="s">
+      <c r="K35" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="K35" s="7" t="s">
+      <c r="L35" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="Y35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z35" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA35" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>432</v>
+      </c>
+      <c r="D36" s="4">
         <v>450</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="F36" s="4">
         <v>403</v>
       </c>
       <c r="G36" s="4">
+        <v>403</v>
+      </c>
+      <c r="H36" s="4">
         <v>462</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>400</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>428</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>429</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>435</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>468</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>479</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>403</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>415</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>442</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>395</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="T36" s="4">
         <v>378</v>
       </c>
       <c r="U36" s="4">
+        <v>378</v>
+      </c>
+      <c r="V36" s="4">
         <v>392</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>410</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>423</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>392</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>411</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>391</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>380</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>373</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>419</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>436</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
       <c r="I37" s="7">
@@ -3440,52 +3440,52 @@
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
-      <c r="AF37" s="5">
-        <v>120</v>
+      <c r="AF37" s="7">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">