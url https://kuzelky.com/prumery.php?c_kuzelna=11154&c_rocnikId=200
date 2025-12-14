--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -215,546 +215,546 @@
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.12.2022</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>Miloslav  Petrů</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
+    <t>Petr Kozák</t>
+  </si>
+  <si>
+    <t>11.3.2019</t>
+  </si>
+  <si>
+    <t>25.2.2019</t>
+  </si>
+  <si>
+    <t>4.2.2019</t>
+  </si>
+  <si>
+    <t>17.1.2019</t>
+  </si>
+  <si>
+    <t>10.12.2018</t>
+  </si>
+  <si>
+    <t>3.12.2018</t>
+  </si>
+  <si>
+    <t>26.11.2018</t>
+  </si>
+  <si>
+    <t>3.11.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>1.10.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>2.4.2018</t>
+  </si>
+  <si>
+    <t>12.3.2018</t>
+  </si>
+  <si>
+    <t>13.11.2017</t>
+  </si>
+  <si>
+    <t>30.10.2017</t>
+  </si>
+  <si>
+    <t>16.10.2017</t>
+  </si>
+  <si>
+    <t>2.10.2017</t>
+  </si>
+  <si>
+    <t>18.9.2017</t>
+  </si>
+  <si>
+    <t>27.2.2017</t>
+  </si>
+  <si>
+    <t>6.2.2017</t>
+  </si>
+  <si>
+    <t>21.11.2016</t>
+  </si>
+  <si>
+    <t>29.2.2016</t>
+  </si>
+  <si>
+    <t>8.2.2016</t>
+  </si>
+  <si>
+    <t>25.1.2016</t>
+  </si>
+  <si>
+    <t>23.11.2015</t>
+  </si>
+  <si>
+    <t>Kamil Kovařík</t>
+  </si>
+  <si>
+    <t>16.4.2011</t>
+  </si>
+  <si>
+    <t>9.4.2011</t>
+  </si>
+  <si>
+    <t>5.3.2011</t>
+  </si>
+  <si>
+    <t>12.2.2011</t>
+  </si>
+  <si>
+    <t>15.1.2011</t>
+  </si>
+  <si>
+    <t>27.11.2010</t>
+  </si>
+  <si>
+    <t>13.11.2010</t>
+  </si>
+  <si>
+    <t>9.10.2010</t>
+  </si>
+  <si>
+    <t>18.9.2010</t>
+  </si>
+  <si>
+    <t>17.4.2010</t>
+  </si>
+  <si>
+    <t>13.3.2010</t>
+  </si>
+  <si>
+    <t>20.2.2010</t>
+  </si>
+  <si>
+    <t>21.11.2009</t>
+  </si>
+  <si>
+    <t>7.11.2009</t>
+  </si>
+  <si>
+    <t>10.10.2009</t>
+  </si>
+  <si>
+    <t>19.9.2009</t>
+  </si>
+  <si>
+    <t>11.4.2009</t>
+  </si>
+  <si>
+    <t>28.3.2009</t>
+  </si>
+  <si>
+    <t>21.2.2009</t>
+  </si>
+  <si>
+    <t>7.2.2009</t>
+  </si>
+  <si>
+    <t>29.11.2008</t>
+  </si>
+  <si>
+    <t>15.11.2008</t>
+  </si>
+  <si>
+    <t>18.10.2008</t>
+  </si>
+  <si>
+    <t>27.9.2008</t>
+  </si>
+  <si>
+    <t>20.9.2008</t>
+  </si>
+  <si>
+    <t>26.4.2008</t>
+  </si>
+  <si>
+    <t>15.3.2008</t>
+  </si>
+  <si>
+    <t>16.2.2008</t>
+  </si>
+  <si>
+    <t>2.2.2008</t>
+  </si>
+  <si>
+    <t>26.1.2008</t>
+  </si>
+  <si>
+    <t>Jana Martiníková</t>
+  </si>
+  <si>
+    <t>23.2.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>5.11.2017</t>
+  </si>
+  <si>
+    <t>22.10.2017</t>
+  </si>
+  <si>
+    <t>20.11.2016</t>
+  </si>
+  <si>
+    <t>23.10.2016</t>
+  </si>
+  <si>
+    <t>6.2.2016</t>
+  </si>
+  <si>
+    <t>21.11.2015</t>
+  </si>
+  <si>
+    <t>7.11.2015</t>
+  </si>
+  <si>
+    <t>24.10.2015</t>
+  </si>
+  <si>
+    <t>10.10.2015</t>
+  </si>
+  <si>
+    <t>12.9.2015</t>
+  </si>
+  <si>
+    <t>8.3.2015</t>
+  </si>
+  <si>
+    <t>22.2.2015</t>
+  </si>
+  <si>
+    <t>1.2.2015</t>
+  </si>
+  <si>
+    <t>9.11.2014</t>
+  </si>
+  <si>
+    <t>12.10.2014</t>
+  </si>
+  <si>
+    <t>15.9.2014</t>
+  </si>
+  <si>
+    <t>17.3.2014</t>
+  </si>
+  <si>
+    <t>25.11.2013</t>
+  </si>
+  <si>
+    <t>11.11.2013</t>
+  </si>
+  <si>
+    <t>7.10.2013</t>
+  </si>
+  <si>
+    <t>16.9.2013</t>
+  </si>
+  <si>
+    <t>11.3.2013</t>
+  </si>
+  <si>
+    <t>11.2.2013</t>
+  </si>
+  <si>
+    <t>Jaromír Martiník</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
+    <t>1.12.2025</t>
+  </si>
+  <si>
+    <t>3.11.2025</t>
+  </si>
+  <si>
+    <t>27.10.2025</t>
+  </si>
+  <si>
+    <t>6.10.2025</t>
+  </si>
+  <si>
+    <t>17.3.2024</t>
+  </si>
+  <si>
+    <t>3.3.2024</t>
+  </si>
+  <si>
+    <t>18.2.2024</t>
+  </si>
+  <si>
+    <t>11.2.2024</t>
+  </si>
+  <si>
+    <t>14.1.2024</t>
+  </si>
+  <si>
+    <t>17.11.2023</t>
+  </si>
+  <si>
+    <t>5.11.2023</t>
+  </si>
+  <si>
+    <t>15.10.2023</t>
+  </si>
+  <si>
+    <t>24.9.2023</t>
+  </si>
+  <si>
+    <t>2.4.2023</t>
+  </si>
+  <si>
+    <t>19.3.2023</t>
+  </si>
+  <si>
+    <t>19.2.2023</t>
+  </si>
+  <si>
+    <t>12.2.2023</t>
+  </si>
+  <si>
+    <t>22.1.2023</t>
+  </si>
+  <si>
+    <t>20.11.2022</t>
+  </si>
+  <si>
+    <t>6.11.2022</t>
+  </si>
+  <si>
+    <t>30.10.2022</t>
+  </si>
+  <si>
+    <t>23.10.2022</t>
+  </si>
+  <si>
+    <t>18.9.2022</t>
+  </si>
+  <si>
+    <t>3.4.2022</t>
+  </si>
+  <si>
+    <t>27.3.2022</t>
+  </si>
+  <si>
+    <t>13.3.2022</t>
+  </si>
+  <si>
+    <t>27.2.2022</t>
+  </si>
+  <si>
+    <t>Pavel Hrnčíř</t>
+  </si>
+  <si>
+    <t>21.1.2013</t>
+  </si>
+  <si>
+    <t>7.1.2013</t>
+  </si>
+  <si>
+    <t>26.11.2012</t>
+  </si>
+  <si>
+    <t>15.10.2012</t>
+  </si>
+  <si>
+    <t>8.10.2012</t>
+  </si>
+  <si>
+    <t>1.10.2012</t>
+  </si>
+  <si>
+    <t>27.3.2010</t>
+  </si>
+  <si>
+    <t>6.2.2010</t>
+  </si>
+  <si>
+    <t>14.1.2010</t>
+  </si>
+  <si>
+    <t>28.11.2009</t>
+  </si>
+  <si>
+    <t>24.10.2009</t>
+  </si>
+  <si>
+    <t>26.9.2009</t>
+  </si>
+  <si>
+    <t>7.3.2009</t>
+  </si>
+  <si>
+    <t>1.3.2009</t>
+  </si>
+  <si>
+    <t>1.11.2008</t>
+  </si>
+  <si>
+    <t>11.10.2008</t>
+  </si>
+  <si>
+    <t>13.9.2008</t>
+  </si>
+  <si>
+    <t>8.3.2008</t>
+  </si>
+  <si>
+    <t>23.2.2008</t>
+  </si>
+  <si>
+    <t>Luděk Zeman</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>18.3.2023</t>
+  </si>
+  <si>
+    <t>25.2.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>4.2.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
     <t>26.11.2022</t>
   </si>
   <si>
-    <t>Petr Kozák</t>
-[...418 lines deleted...]
-  <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.12.2021</t>
   </si>
   <si>
     <t>Pavel Štěpaník</t>
   </si>
   <si>
     <t>23.10.2010</t>
   </si>
   <si>
     <t>26.4.2010</t>
   </si>
   <si>
     <t>19.4.2010</t>
   </si>
   <si>
     <t>29.3.2010</t>
   </si>
   <si>
     <t>15.3.2010</t>
   </si>
   <si>
     <t>22.2.2010</t>
   </si>
   <si>
     <t>8.2.2010</t>
   </si>
@@ -1871,253 +1871,253 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="G11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="K11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="M11" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="M11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N11" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="O11" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Z11" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA11" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="AB11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC11" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD11" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
+        <v>568</v>
+      </c>
+      <c r="D12" s="7">
         <v>565</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>528</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>534</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="H12" s="4">
         <v>438</v>
       </c>
       <c r="I12" s="4">
+        <v>438</v>
+      </c>
+      <c r="J12" s="4">
         <v>522</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>481</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>452</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>419</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>502</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>420</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>478</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>433</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>459</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>474</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>461</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>485</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>476</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>520</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>430</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>486</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>451</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>430</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>448</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>433</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>440</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>457</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
       <c r="E13" s="7">
         <v>120</v>
       </c>
       <c r="F13" s="7">
         <v>120</v>
       </c>
-      <c r="G13" s="6">
-        <v>100</v>
+      <c r="G13" s="7">
+        <v>120</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
       <c r="K13" s="6">
         <v>100</v>
       </c>
       <c r="L13" s="6">
         <v>100</v>
       </c>
       <c r="M13" s="6">
         <v>100</v>
       </c>
       <c r="N13" s="6">
         <v>100</v>
       </c>
       <c r="O13" s="6">
         <v>100</v>
       </c>
@@ -3062,194 +3062,194 @@
       <c r="H27" s="6" t="s">
         <v>173</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>174</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>175</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>176</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>177</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>178</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>179</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>180</v>
       </c>
       <c r="P27" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>182</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>183</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>184</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>185</v>
       </c>
       <c r="V27" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>187</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>188</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>190</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>191</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>192</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>193</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>194</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>450</v>
+      </c>
+      <c r="D28" s="4">
         <v>401</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>422</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>426</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>408</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>450</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>453</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>469</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>454</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>465</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>416</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>451</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>450</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>490</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>436</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>422</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>433</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>402</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>437</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>486</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>434</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>479</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>406</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>390</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>397</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>442</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>439</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>427</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>449</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -3599,247 +3599,247 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>216</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="I35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="K35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L35" s="6" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="O35" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>217</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>218</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>219</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>220</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>223</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>224</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>225</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>226</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>227</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>228</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>229</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>230</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>231</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
+        <v>593</v>
+      </c>
+      <c r="D36" s="7">
         <v>537</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>497</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>466</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>416</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>412</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>426</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>430</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>432</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>421</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>468</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>401</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>428</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>425</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>464</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>383</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>462</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>453</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>413</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>391</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>436</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>414</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>441</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>444</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>416</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>593</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>554</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>531</v>
       </c>
-      <c r="AD36" s="7">
+      <c r="AE36" s="7">
         <v>508</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
-      <c r="E37" s="6">
-        <v>100</v>
+      <c r="E37" s="7">
+        <v>120</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
@@ -3860,52 +3860,52 @@
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
-      <c r="AA37" s="7">
-        <v>120</v>
+      <c r="AA37" s="6">
+        <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>120</v>
       </c>
       <c r="AC37" s="7">
         <v>120</v>
       </c>
       <c r="AD37" s="7">
         <v>120</v>
       </c>
       <c r="AE37" s="7">
         <v>120</v>
       </c>
       <c r="AF37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">