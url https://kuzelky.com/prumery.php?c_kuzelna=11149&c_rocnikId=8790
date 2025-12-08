--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -335,96 +335,96 @@
   <si>
     <t>1.12.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>Petra Schoberová</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>Aleš Schober</t>
   </si>
   <si>
     <t>28.10.2022</t>
   </si>
   <si>
     <t>Dominik Schober</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>15.12.2024</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>25.2.2024</t>
   </si>
   <si>
     <t>4.2.2024</t>
   </si>
   <si>
     <t>26.11.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.10.2023</t>
   </si>
   <si>
     <t>Václav Paulík</t>
   </si>
   <si>
     <t>Vendula Matějů</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -2927,328 +2927,328 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>108</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>109</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>110</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>111</v>
       </c>
       <c r="I35" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="J35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K35" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="L35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>116</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>117</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="U35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AB35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC35" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="AD35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AD35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE35" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="4">
+      <c r="C36" s="7">
+        <v>537</v>
+      </c>
+      <c r="D36" s="4">
         <v>472</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>556</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>480</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>439</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>540</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>573</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>438</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>550</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>466</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>438</v>
       </c>
-      <c r="M36" s="7">
+      <c r="N36" s="7">
         <v>532</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>439</v>
       </c>
-      <c r="O36" s="7">
+      <c r="P36" s="7">
         <v>579</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>402</v>
       </c>
-      <c r="Q36" s="7">
+      <c r="R36" s="7">
         <v>580</v>
       </c>
-      <c r="R36" s="7">
+      <c r="S36" s="7">
         <v>502</v>
       </c>
-      <c r="S36" s="7">
+      <c r="T36" s="7">
         <v>524</v>
       </c>
-      <c r="T36" s="7">
+      <c r="U36" s="7">
         <v>559</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>454</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>432</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>434</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>459</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>470</v>
       </c>
-      <c r="Z36" s="7">
+      <c r="AA36" s="7">
         <v>548</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>458</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>532</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>423</v>
       </c>
-      <c r="AD36" s="7">
+      <c r="AE36" s="7">
         <v>552</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="6">
-[...2 lines deleted...]
-      <c r="D37" s="7">
+      <c r="C37" s="7">
         <v>120</v>
       </c>
-      <c r="E37" s="6">
-        <v>100</v>
+      <c r="D37" s="6">
+        <v>100</v>
+      </c>
+      <c r="E37" s="7">
+        <v>120</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
-      <c r="G37" s="7">
-        <v>120</v>
+      <c r="G37" s="6">
+        <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>120</v>
       </c>
-      <c r="I37" s="6">
-[...2 lines deleted...]
-      <c r="J37" s="7">
+      <c r="I37" s="7">
         <v>120</v>
       </c>
-      <c r="K37" s="6">
-        <v>100</v>
+      <c r="J37" s="6">
+        <v>100</v>
+      </c>
+      <c r="K37" s="7">
+        <v>120</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
-      <c r="M37" s="7">
+      <c r="M37" s="6">
+        <v>100</v>
+      </c>
+      <c r="N37" s="7">
         <v>120</v>
       </c>
-      <c r="N37" s="6">
-[...2 lines deleted...]
-      <c r="O37" s="7">
+      <c r="O37" s="6">
+        <v>100</v>
+      </c>
+      <c r="P37" s="7">
         <v>120</v>
       </c>
-      <c r="P37" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="Q37" s="6">
+        <v>100</v>
       </c>
       <c r="R37" s="7">
         <v>120</v>
       </c>
       <c r="S37" s="7">
         <v>120</v>
       </c>
       <c r="T37" s="7">
         <v>120</v>
       </c>
-      <c r="U37" s="6">
-        <v>100</v>
+      <c r="U37" s="7">
+        <v>120</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
-      <c r="Z37" s="7">
+      <c r="Z37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA37" s="7">
         <v>120</v>
       </c>
-      <c r="AA37" s="6">
-[...2 lines deleted...]
-      <c r="AB37" s="7">
+      <c r="AB37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC37" s="7">
         <v>120</v>
       </c>
-      <c r="AC37" s="6">
-[...2 lines deleted...]
-      <c r="AD37" s="7">
+      <c r="AD37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE37" s="7">
         <v>120</v>
       </c>
-      <c r="AE37" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AF37" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>103</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="6" t="s">