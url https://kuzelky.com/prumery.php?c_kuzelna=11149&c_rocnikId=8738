--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -515,54 +515,54 @@
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>15.12.2024</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>Dominik Schober</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>16.11.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.10.2023</t>
   </si>
   <si>
     <t>Michal Berka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4907,328 +4907,328 @@
       </c>
       <c r="AB61" s="6">
         <v>100</v>
       </c>
       <c r="AC61" s="6">
         <v>100</v>
       </c>
       <c r="AD61" s="6">
         <v>100</v>
       </c>
       <c r="AE61" s="7">
         <v>120</v>
       </c>
       <c r="AF61" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="D63" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="D63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="F63" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F63" s="6" t="s">
+      <c r="G63" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="G63" s="6" t="s">
+      <c r="H63" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="H63" s="6" t="s">
+      <c r="I63" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="I63" s="6" t="s">
+      <c r="J63" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J63" s="6" t="s">
+      <c r="K63" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="K63" s="6" t="s">
+      <c r="L63" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="M63" s="6" t="s">
+      <c r="N63" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="N63" s="6" t="s">
+      <c r="O63" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="O63" s="6" t="s">
+      <c r="P63" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="P63" s="6" t="s">
+      <c r="Q63" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="Q63" s="6" t="s">
+      <c r="R63" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="R63" s="6" t="s">
+      <c r="S63" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="S63" s="6" t="s">
+      <c r="T63" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="T63" s="6" t="s">
+      <c r="U63" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="U63" s="6" t="s">
+      <c r="V63" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="V63" s="6" t="s">
+      <c r="W63" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="W63" s="6" t="s">
+      <c r="X63" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="X63" s="6" t="s">
+      <c r="Y63" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="Y63" s="6" t="s">
+      <c r="Z63" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="Z63" s="6" t="s">
+      <c r="AA63" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AA63" s="6" t="s">
+      <c r="AB63" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="AB63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC63" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AD63" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AD63" s="6" t="s">
+      <c r="AE63" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="AE63" s="6" t="s">
+      <c r="AF63" s="6" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C64" s="4">
+      <c r="C64" s="7">
+        <v>537</v>
+      </c>
+      <c r="D64" s="4">
         <v>472</v>
       </c>
-      <c r="D64" s="7">
+      <c r="E64" s="7">
         <v>556</v>
       </c>
-      <c r="E64" s="4">
+      <c r="F64" s="4">
         <v>480</v>
       </c>
-      <c r="F64" s="4">
+      <c r="G64" s="4">
         <v>439</v>
       </c>
-      <c r="G64" s="7">
+      <c r="H64" s="7">
         <v>540</v>
       </c>
-      <c r="H64" s="7">
+      <c r="I64" s="7">
         <v>573</v>
       </c>
-      <c r="I64" s="4">
+      <c r="J64" s="4">
         <v>438</v>
       </c>
-      <c r="J64" s="7">
+      <c r="K64" s="7">
         <v>550</v>
       </c>
-      <c r="K64" s="4">
+      <c r="L64" s="4">
         <v>466</v>
       </c>
-      <c r="L64" s="4">
+      <c r="M64" s="4">
         <v>438</v>
       </c>
-      <c r="M64" s="7">
+      <c r="N64" s="7">
         <v>532</v>
       </c>
-      <c r="N64" s="4">
+      <c r="O64" s="4">
         <v>439</v>
       </c>
-      <c r="O64" s="7">
+      <c r="P64" s="7">
         <v>579</v>
       </c>
-      <c r="P64" s="4">
+      <c r="Q64" s="4">
         <v>402</v>
       </c>
-      <c r="Q64" s="7">
+      <c r="R64" s="7">
         <v>580</v>
       </c>
-      <c r="R64" s="7">
+      <c r="S64" s="7">
         <v>502</v>
       </c>
-      <c r="S64" s="7">
+      <c r="T64" s="7">
         <v>524</v>
       </c>
-      <c r="T64" s="7">
+      <c r="U64" s="7">
         <v>559</v>
       </c>
-      <c r="U64" s="4">
+      <c r="V64" s="4">
         <v>454</v>
       </c>
-      <c r="V64" s="4">
+      <c r="W64" s="4">
         <v>432</v>
       </c>
-      <c r="W64" s="4">
+      <c r="X64" s="4">
         <v>434</v>
       </c>
-      <c r="X64" s="4">
+      <c r="Y64" s="4">
         <v>459</v>
       </c>
-      <c r="Y64" s="4">
+      <c r="Z64" s="4">
         <v>470</v>
       </c>
-      <c r="Z64" s="7">
+      <c r="AA64" s="7">
         <v>548</v>
       </c>
-      <c r="AA64" s="4">
+      <c r="AB64" s="4">
         <v>458</v>
       </c>
-      <c r="AB64" s="7">
+      <c r="AC64" s="7">
         <v>532</v>
       </c>
-      <c r="AC64" s="4">
+      <c r="AD64" s="4">
         <v>423</v>
       </c>
-      <c r="AD64" s="7">
+      <c r="AE64" s="7">
         <v>552</v>
       </c>
-      <c r="AE64" s="4">
+      <c r="AF64" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="B65" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C65" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="C65" s="7">
+        <v>120</v>
+      </c>
+      <c r="D65" s="6">
+        <v>100</v>
+      </c>
+      <c r="E65" s="7">
+        <v>120</v>
       </c>
       <c r="F65" s="6">
         <v>100</v>
       </c>
-      <c r="G65" s="7">
-        <v>120</v>
+      <c r="G65" s="6">
+        <v>100</v>
       </c>
       <c r="H65" s="7">
         <v>120</v>
       </c>
-      <c r="I65" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="I65" s="7">
+        <v>120</v>
+      </c>
+      <c r="J65" s="6">
+        <v>100</v>
+      </c>
+      <c r="K65" s="7">
+        <v>120</v>
       </c>
       <c r="L65" s="6">
         <v>100</v>
       </c>
-      <c r="M65" s="7">
-[...12 lines deleted...]
-        <v>120</v>
+      <c r="M65" s="6">
+        <v>100</v>
+      </c>
+      <c r="N65" s="7">
+        <v>120</v>
+      </c>
+      <c r="O65" s="6">
+        <v>100</v>
+      </c>
+      <c r="P65" s="7">
+        <v>120</v>
+      </c>
+      <c r="Q65" s="6">
+        <v>100</v>
       </c>
       <c r="R65" s="7">
         <v>120</v>
       </c>
       <c r="S65" s="7">
         <v>120</v>
       </c>
       <c r="T65" s="7">
         <v>120</v>
       </c>
-      <c r="U65" s="6">
-        <v>100</v>
+      <c r="U65" s="7">
+        <v>120</v>
       </c>
       <c r="V65" s="6">
         <v>100</v>
       </c>
       <c r="W65" s="6">
         <v>100</v>
       </c>
       <c r="X65" s="6">
         <v>100</v>
       </c>
       <c r="Y65" s="6">
         <v>100</v>
       </c>
-      <c r="Z65" s="7">
-[...18 lines deleted...]
-        <v>120</v>
+      <c r="Z65" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA65" s="7">
+        <v>120</v>
+      </c>
+      <c r="AB65" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC65" s="7">
+        <v>120</v>
+      </c>
+      <c r="AD65" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE65" s="7">
+        <v>120</v>
+      </c>
+      <c r="AF65" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>158</v>
       </c>
       <c r="H67" s="6" t="s">