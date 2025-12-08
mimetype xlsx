--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Šanov C na kuželně Šanov</t>
   </si>
   <si>
     <t>Petr Kesjár</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>12.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
@@ -489,50 +489,53 @@
     <t>1.4.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>Martin Kožnar</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>6.4.2025</t>
   </si>
   <si>
     <t>2.3.2025</t>
   </si>
   <si>
     <t>27.10.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
@@ -961,51 +964,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="W45" sqref="W45"/>
+      <selection activeCell="X45" sqref="X45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
@@ -3566,178 +3569,184 @@
       </c>
       <c r="N41" s="7">
         <v>100</v>
       </c>
       <c r="O41" s="7">
         <v>100</v>
       </c>
       <c r="P41" s="7">
         <v>100</v>
       </c>
       <c r="Q41" s="7">
         <v>100</v>
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="D43" s="7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>160</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>161</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>162</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>163</v>
       </c>
       <c r="I43" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="J43" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="J43" s="7" t="s">
+      <c r="K43" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="K43" s="7" t="s">
+      <c r="L43" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="L43" s="7" t="s">
+      <c r="M43" s="7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>165</v>
       </c>
       <c r="O43" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="P43" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="P43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q43" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="R43" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="R43" s="7" t="s">
+      <c r="S43" s="7" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>168</v>
       </c>
       <c r="U43" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="V43" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="V43" s="7" t="s">
+      <c r="W43" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="W43" s="7" t="s">
-        <v>169</v>
+      <c r="X43" s="7" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D44" s="5">
         <v>449</v>
       </c>
       <c r="E44" s="5">
+        <v>449</v>
+      </c>
+      <c r="F44" s="5">
         <v>465</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>440</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>420</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>407</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>444</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>412</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>460</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>404</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>448</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>429</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>416</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>451</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>389</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>415</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>390</v>
       </c>
-      <c r="T44" s="5">
+      <c r="U44" s="5">
         <v>446</v>
       </c>
-      <c r="U44" s="5">
+      <c r="V44" s="5">
         <v>408</v>
       </c>
-      <c r="V44" s="5">
+      <c r="W44" s="5">
         <v>435</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>442</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
       <c r="H45" s="7">
         <v>100</v>
       </c>
@@ -3762,50 +3771,53 @@
       <c r="O45" s="7">
         <v>100</v>
       </c>
       <c r="P45" s="7">
         <v>100</v>
       </c>
       <c r="Q45" s="7">
         <v>100</v>
       </c>
       <c r="R45" s="7">
         <v>100</v>
       </c>
       <c r="S45" s="7">
         <v>100</v>
       </c>
       <c r="T45" s="7">
         <v>100</v>
       </c>
       <c r="U45" s="7">
         <v>100</v>
       </c>
       <c r="V45" s="7">
         <v>100</v>
       </c>
       <c r="W45" s="7">
+        <v>100</v>
+      </c>
+      <c r="X45" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>