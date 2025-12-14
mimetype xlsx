--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Výsledky hráčů družstva TJ Jiskra Kyjov B na kuželně Šanov</t>
   </si>
   <si>
     <t>Eva Paulíčková</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>2.12.2022</t>
   </si>
   <si>
     <t>13.3.2022</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>28.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jindřich Burďák</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>Petr Růžička</t>
   </si>
   <si>
     <t>Jaroslav Stříž</t>
   </si>
   <si>
     <t>Josef Ronek</t>
   </si>
   <si>
     <t>Radim Šubrt</t>
   </si>
   <si>
     <t>Lukáš Řezníček</t>
   </si>
   <si>
     <t>Václav Valenta</t>
   </si>
   <si>
     <t>7.4.2024</t>
   </si>
@@ -656,261 +659,270 @@
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
         <v>100</v>
       </c>
       <c r="J5" s="6">
         <v>100</v>
       </c>
       <c r="K5" s="6">
         <v>100</v>
       </c>
       <c r="L5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="H7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="B8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="4">
+        <v>445</v>
+      </c>
+      <c r="D8" s="4">
         <v>423</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>417</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>386</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>407</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>457</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>420</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>413</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
+      <c r="J9" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="B12" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="B13" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="B16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4">
         <v>351</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="B21" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="B24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="4">
         <v>353</v>
       </c>
       <c r="D24" s="4">
         <v>368</v>
       </c>
       <c r="E24" s="4">
         <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="B28" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="B29" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="B32" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="4">
         <v>443</v>
       </c>
       <c r="D32" s="4">
         <v>404</v>
       </c>
       <c r="E32" s="4">
         <v>411</v>
       </c>
       <c r="F32" s="4">
@@ -920,69 +932,69 @@
         <v>413</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="B36" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="4">
         <v>438</v>
       </c>
       <c r="D36" s="4">
         <v>435</v>
       </c>
       <c r="E36" s="4">
         <v>414</v>
       </c>
       <c r="F36" s="4">
         <v>411</v>
       </c>
       <c r="G36" s="4">
         <v>411</v>
       </c>
       <c r="H36" s="4">