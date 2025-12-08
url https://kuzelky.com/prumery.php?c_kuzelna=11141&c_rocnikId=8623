--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Výsledky hráčů družstva KK Slavoj Žirovnice B na kuželně Žirovnice</t>
   </si>
   <si>
     <t>Jan Bureš</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
@@ -180,50 +180,53 @@
     <t>4.2.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>10.9.2021</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>Vilém Ryšavý</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>David Jelínek</t>
   </si>
@@ -1364,363 +1367,363 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="D19" s="7" t="s">
+      <c r="E19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="F19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="7" t="s">
+      <c r="G19" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="G19" s="7" t="s">
+      <c r="H19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="P19" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="Q19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R19" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="S19" s="7" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="U19" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="V19" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="V19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W19" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="X19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Z19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB19" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="5">
+      <c r="C20" s="4">
+        <v>516</v>
+      </c>
+      <c r="D20" s="5">
         <v>414</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>530</v>
       </c>
-      <c r="E20" s="5">
+      <c r="F20" s="5">
         <v>421</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>472</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>470</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>451</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>466</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>467</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>563</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>479</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>467</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>460</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>546</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>468</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>537</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>477</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>559</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>563</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>471</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>506</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>427</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>480</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>447</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>534</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>479</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>411</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>453</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>429</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C21" s="7">
-[...2 lines deleted...]
-      <c r="D21" s="4">
+      <c r="C21" s="4">
         <v>120</v>
       </c>
-      <c r="E21" s="7">
-        <v>100</v>
+      <c r="D21" s="7">
+        <v>100</v>
+      </c>
+      <c r="E21" s="4">
+        <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
-      <c r="K21" s="4">
+      <c r="K21" s="7">
+        <v>100</v>
+      </c>
+      <c r="L21" s="4">
         <v>120</v>
       </c>
-      <c r="L21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
-      <c r="O21" s="4">
+      <c r="O21" s="7">
+        <v>100</v>
+      </c>
+      <c r="P21" s="4">
         <v>120</v>
       </c>
-      <c r="P21" s="7">
-[...2 lines deleted...]
-      <c r="Q21" s="4">
+      <c r="Q21" s="7">
+        <v>100</v>
+      </c>
+      <c r="R21" s="4">
         <v>120</v>
       </c>
-      <c r="R21" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="S21" s="7">
+        <v>100</v>
       </c>
       <c r="T21" s="4">
         <v>120</v>
       </c>
-      <c r="U21" s="7">
-[...2 lines deleted...]
-      <c r="V21" s="4">
+      <c r="U21" s="4">
         <v>120</v>
       </c>
-      <c r="W21" s="7">
-        <v>100</v>
+      <c r="V21" s="7">
+        <v>100</v>
+      </c>
+      <c r="W21" s="4">
+        <v>120</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
-      <c r="Z21" s="4">
+      <c r="Z21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA21" s="4">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>19</v>
       </c>
@@ -1826,117 +1829,117 @@
       </c>
       <c r="N25" s="7">
         <v>100</v>
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
       <c r="Q25" s="7">
         <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>388</v>
       </c>
       <c r="D28" s="5">
         <v>386</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>366</v>
       </c>
       <c r="D32" s="5">
         <v>403</v>
       </c>
       <c r="E32" s="5">
         <v>422</v>
       </c>
       <c r="F32" s="5">
@@ -1988,72 +1991,72 @@
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
       <c r="M33" s="7">
         <v>100</v>
       </c>
       <c r="N33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>402</v>
       </c>
       <c r="D36" s="5">
         <v>418</v>
       </c>
       <c r="E36" s="5">
         <v>408</v>
       </c>
       <c r="F36" s="5">
         <v>430</v>
       </c>
       <c r="G36" s="5">
         <v>405</v>
       </c>
       <c r="H36" s="5">
@@ -2069,93 +2072,93 @@
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
         <v>444</v>
       </c>
       <c r="D44" s="5">
         <v>430</v>
       </c>
       <c r="E44" s="5">
         <v>392</v>
       </c>
       <c r="F44" s="5">