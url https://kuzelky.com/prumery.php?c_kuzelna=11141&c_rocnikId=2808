--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -12,92 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Výsledky hráčů družstva SK Baník Ratiškovice na kuželně Žirovnice</t>
   </si>
   <si>
     <t>Josef Něnička</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Václav Podéšť</t>
   </si>
   <si>
     <t>30.9.2017</t>
   </si>
   <si>
     <t>Stanislav Polášek</t>
   </si>
   <si>
     <t>Viktor Výleta</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>Aleš Zálešák</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>Tomáš Mráka</t>
   </si>
   <si>
     <t>Michal Tušl</t>
   </si>
   <si>
     <t>Jan Minaříček</t>
   </si>
   <si>
     <t>Tomáš Koplík ml.</t>
   </si>
   <si>
     <t>Dominik Schüller</t>
   </si>
   <si>
     <t>Luděk Vacenovský</t>
   </si>
 </sst>
 </file>
 
@@ -680,186 +683,195 @@
       </c>
       <c r="D17" s="6">
         <v>120</v>
       </c>
       <c r="E17" s="6">
         <v>120</v>
       </c>
       <c r="F17" s="6">
         <v>120</v>
       </c>
       <c r="G17" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="5" t="s">
+      <c r="F19" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
+        <v>542</v>
+      </c>
+      <c r="D20" s="6">
         <v>501</v>
       </c>
-      <c r="D20" s="6">
+      <c r="E20" s="6">
         <v>505</v>
       </c>
-      <c r="E20" s="6">
+      <c r="F20" s="6">
         <v>581</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="6">
         <v>120</v>
       </c>
       <c r="D21" s="6">
         <v>120</v>
       </c>
       <c r="E21" s="6">
         <v>120</v>
       </c>
+      <c r="F21" s="6">
+        <v>120</v>
+      </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="B25" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="6">
         <v>521</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="B33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="B36" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="6">
         <v>487</v>
       </c>
       <c r="D36" s="6">
         <v>556</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="B37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="6">
         <v>120</v>
       </c>
       <c r="D37" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="B40" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="6">
         <v>507</v>
       </c>
       <c r="D40" s="6">
@@ -869,51 +881,51 @@
         <v>531</v>
       </c>
       <c r="F40" s="6">
         <v>520</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="B41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="6">
         <v>120</v>
       </c>
       <c r="D41" s="6">
         <v>120</v>
       </c>
       <c r="E41" s="6">
         <v>120</v>
       </c>
       <c r="F41" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="B44" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="6">
         <v>503</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="B45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="6">
         <v>120</v>
       </c>
     </row>
   </sheetData>