--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Machová  na kuželně Otrokovice</t>
   </si>
   <si>
     <t>Bohuslav Husek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>15.12.2021</t>
   </si>
   <si>
@@ -156,50 +156,53 @@
     <t>22.1.2022</t>
   </si>
   <si>
     <t>Miroslav Ševeček</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>Vlastimil Brázdil</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>Roman Hrančík</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>Eliška Hrančíková</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>Jiří Michalík</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>Roman Škrabal</t>
   </si>
@@ -1556,265 +1559,265 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>549</v>
+      </c>
+      <c r="D20" s="4">
         <v>546</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>558</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>563</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>544</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>553</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>436</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>469</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>478</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>549</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>530</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>526</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>539</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>555</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>559</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>592</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>524</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>585</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>4</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>539</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>551</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>561</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>549</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>564</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>614</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>559</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>592</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>552</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>536</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
-      <c r="H21" s="6">
-        <v>100</v>
+      <c r="H21" s="4">
+        <v>120</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
-      <c r="K21" s="4">
-        <v>120</v>
+      <c r="K21" s="6">
+        <v>100</v>
       </c>
       <c r="L21" s="4">
         <v>120</v>
       </c>
       <c r="M21" s="4">
         <v>120</v>
       </c>
       <c r="N21" s="4">
         <v>120</v>
       </c>
       <c r="O21" s="4">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>120</v>
       </c>
       <c r="Q21" s="4">
         <v>120</v>
       </c>
       <c r="R21" s="4">
         <v>120</v>
       </c>
       <c r="S21" s="4">
         <v>120</v>
       </c>
@@ -1838,468 +1841,495 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>52</v>
+      </c>
+      <c r="P23" s="6" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>518</v>
+      </c>
+      <c r="D24" s="4">
         <v>544</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>522</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>556</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>528</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>470</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>433</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J24" s="7">
         <v>439</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>503</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>555</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>547</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>504</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>510</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>551</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
-      <c r="G25" s="6">
-        <v>100</v>
+      <c r="G25" s="4">
+        <v>120</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
-      <c r="J25" s="4">
-        <v>120</v>
+      <c r="J25" s="6">
+        <v>100</v>
       </c>
       <c r="K25" s="4">
         <v>120</v>
       </c>
       <c r="L25" s="4">
         <v>120</v>
       </c>
       <c r="M25" s="4">
         <v>120</v>
       </c>
       <c r="N25" s="4">
         <v>120</v>
       </c>
       <c r="O25" s="4">
+        <v>120</v>
+      </c>
+      <c r="P25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H27" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I27" s="6" t="s">
-        <v>52</v>
+      <c r="J27" s="6" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>557</v>
+      </c>
+      <c r="D28" s="4">
         <v>508</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>531</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>495</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>463</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>456</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>548</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>485</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
-      <c r="G29" s="6">
+      <c r="G29" s="4">
+        <v>120</v>
+      </c>
+      <c r="H29" s="6">
         <v>100</v>
       </c>
-      <c r="H29" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="I29" s="4">
+        <v>120</v>
+      </c>
+      <c r="J29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
         <v>423</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>527</v>
+      </c>
+      <c r="D36" s="4">
         <v>536</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>534</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>511</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>388</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>386</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>433</v>
       </c>
-      <c r="I36" s="7">
+      <c r="J36" s="7">
         <v>423</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>525</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>532</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>469</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>473</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>486</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>4</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>544</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>502</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>504</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
-      <c r="F37" s="6">
-        <v>100</v>
+      <c r="F37" s="4">
+        <v>120</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
-      <c r="J37" s="4">
-        <v>120</v>
+      <c r="J37" s="6">
+        <v>100</v>
       </c>
       <c r="K37" s="4">
         <v>120</v>
       </c>
       <c r="L37" s="4">
         <v>120</v>
       </c>
       <c r="M37" s="4">
         <v>120</v>
       </c>
       <c r="N37" s="4">
         <v>120</v>
       </c>
       <c r="O37" s="4">
         <v>120</v>
       </c>
       <c r="P37" s="4">
         <v>120</v>
       </c>
       <c r="Q37" s="4">
         <v>120</v>
       </c>
       <c r="R37" s="4">
+        <v>120</v>
+      </c>
+      <c r="S37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>520</v>
       </c>
       <c r="D40" s="4">
         <v>503</v>
       </c>
       <c r="E40" s="4">
         <v>504</v>
       </c>
       <c r="F40" s="7">
         <v>405</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>