--- v0 (2025-12-09)
+++ v1 (2025-12-14)
@@ -47,50 +47,53 @@
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>2.12.2017</t>
   </si>
   <si>
     <t>30.9.2017</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>František Tomik</t>
   </si>
   <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>25.9.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>13.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
@@ -134,53 +137,50 @@
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
-    <t>16.2.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Petr Vajnar</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>13.4.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
@@ -338,78 +338,78 @@
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>26.10.2019</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>14.9.2018</t>
   </si>
   <si>
     <t>7.4.2018</t>
   </si>
   <si>
+    <t>Jan Sklenář</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>Radek Marušák</t>
+  </si>
+  <si>
+    <t>Václav Kořánek</t>
+  </si>
+  <si>
+    <t>Zdeněk Jonáš</t>
+  </si>
+  <si>
+    <t>30.3.2019</t>
+  </si>
+  <si>
+    <t>16.3.2019</t>
+  </si>
+  <si>
+    <t>1.3.2019</t>
+  </si>
+  <si>
     <t>10.3.2018</t>
-  </si>
-[...25 lines deleted...]
-    <t>1.3.2019</t>
   </si>
   <si>
     <t>24.2.2018</t>
   </si>
   <si>
     <t>11.11.2017</t>
   </si>
   <si>
     <t>28.10.2017</t>
   </si>
   <si>
     <t>16.9.2017</t>
   </si>
   <si>
     <t>Eliška Marušáková</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
@@ -988,138 +988,138 @@
       </c>
       <c r="AA7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="4">
+        <v>410</v>
+      </c>
+      <c r="D8" s="4">
         <v>397</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>374</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>380</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>382</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>317</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>384</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>361</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>402</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>399</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>394</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="O8" s="4">
         <v>401</v>
       </c>
       <c r="P8" s="4">
+        <v>401</v>
+      </c>
+      <c r="Q8" s="4">
         <v>429</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>401</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>409</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>379</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>376</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>407</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>391</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>399</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>414</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>403</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>391</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>388</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>418</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>450</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>407</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1211,99 +1211,99 @@
       <c r="E11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="4">
         <v>438</v>
       </c>
       <c r="D12" s="4">
         <v>443</v>
       </c>
       <c r="E12" s="4">
         <v>483</v>
       </c>
       <c r="F12" s="4">
@@ -1472,51 +1472,51 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>70</v>
       </c>
@@ -1538,51 +1538,51 @@
       <c r="R15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>78</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>81</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="4">
@@ -1769,221 +1769,221 @@
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="H19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="O19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P19" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="S19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T19" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="V19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W19" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="X19" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="Z19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="4">
+        <v>399</v>
+      </c>
+      <c r="D20" s="4">
         <v>400</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>381</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>416</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>415</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>410</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>380</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>378</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>399</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>408</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>383</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>379</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>377</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>412</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>375</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>384</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>446</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>411</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>434</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>432</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>452</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>429</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>449</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>454</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>384</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>383</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>401</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>434</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>404</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2039,144 +2039,144 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="T23" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="U23" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="V23" s="6" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>94</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="4">
         <v>390</v>
       </c>
       <c r="D24" s="4">
         <v>410</v>
       </c>
       <c r="E24" s="4">
         <v>423</v>
       </c>
       <c r="F24" s="4">
         <v>421</v>
       </c>
       <c r="G24" s="4">
         <v>416</v>
       </c>
       <c r="H24" s="4">
         <v>422</v>
       </c>
       <c r="I24" s="4">
@@ -2327,132 +2327,132 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="4">
         <v>425</v>
       </c>
       <c r="D28" s="4">
         <v>443</v>
       </c>
       <c r="E28" s="4">
@@ -2615,141 +2615,141 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AC31" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD31" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4">
         <v>449</v>
       </c>
       <c r="D32" s="4">
         <v>407</v>
       </c>
       <c r="E32" s="4">
         <v>412</v>
       </c>
       <c r="F32" s="4">
         <v>408</v>
       </c>
       <c r="G32" s="4">
         <v>404</v>
       </c>
       <c r="H32" s="4">
@@ -2903,78 +2903,78 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>119</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>120</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="4">
         <v>419</v>
       </c>
       <c r="D36" s="4">
@@ -3074,99 +3074,99 @@
       <c r="E39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>55</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="4">
         <v>418</v>
       </c>
       <c r="D40" s="4">
         <v>495</v>
       </c>
       <c r="E40" s="4">
         <v>425</v>
       </c>
       <c r="F40" s="4">