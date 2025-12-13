--- v0 (2025-12-09)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice na kuželně Lomnice</t>
   </si>
   <si>
     <t>Radek Duhai</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>6.12.2025</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
     <t>26.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>David Hlaváč</t>
   </si>
   <si>
     <t>8.10.2023</t>
   </si>
   <si>
     <t>1.10.2023</t>
   </si>
   <si>
     <t>17.9.2023</t>
   </si>
   <si>
     <t>Barbora Šimáčková</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
@@ -1373,528 +1376,546 @@
       <c r="K15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S15" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="T15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U15" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="V15" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4">
+        <v>519</v>
+      </c>
+      <c r="D16" s="4">
         <v>465</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>455</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>456</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>477</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>482</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>491</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>465</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>448</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>440</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>461</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>492</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>334</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>378</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>477</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>453</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>436</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>414</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>349</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>489</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>462</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
         <v>120</v>
       </c>
       <c r="J17" s="4">
         <v>120</v>
       </c>
       <c r="K17" s="4">
         <v>120</v>
       </c>
       <c r="L17" s="4">
         <v>120</v>
       </c>
       <c r="M17" s="4">
         <v>120</v>
       </c>
-      <c r="N17" s="6">
-        <v>100</v>
+      <c r="N17" s="4">
+        <v>120</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
-      <c r="P17" s="4">
-        <v>120</v>
+      <c r="P17" s="6">
+        <v>100</v>
       </c>
       <c r="Q17" s="4">
         <v>120</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
-      <c r="S17" s="6">
-        <v>100</v>
+      <c r="S17" s="4">
+        <v>120</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
-      <c r="U17" s="4">
-        <v>120</v>
+      <c r="U17" s="6">
+        <v>100</v>
       </c>
       <c r="V17" s="4">
+        <v>120</v>
+      </c>
+      <c r="W17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="J19" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M19" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="U19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X19" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Z19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AC19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD19" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AE19" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="4">
+        <v>477</v>
+      </c>
+      <c r="D20" s="4">
         <v>476</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>508</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>441</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>472</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>482</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>441</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>514</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>398</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>396</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>410</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>451</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>480</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>469</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>352</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>359</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>385</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>421</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>433</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>371</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>431</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>352</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>355</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>476</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>436</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>466</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>462</v>
       </c>
-      <c r="AC20" s="7">
+      <c r="AD20" s="7">
         <v>360</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>438</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
         <v>120</v>
       </c>
       <c r="J21" s="4">
         <v>120</v>
       </c>
       <c r="K21" s="4">
         <v>120</v>
       </c>
       <c r="L21" s="4">
         <v>120</v>
       </c>
       <c r="M21" s="4">
         <v>120</v>
       </c>
       <c r="N21" s="4">
         <v>120</v>
       </c>
       <c r="O21" s="4">
         <v>120</v>
       </c>
-      <c r="P21" s="6">
-        <v>100</v>
+      <c r="P21" s="4">
+        <v>120</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
-      <c r="T21" s="4">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="T21" s="6">
+        <v>100</v>
+      </c>
+      <c r="U21" s="4">
+        <v>120</v>
+      </c>
+      <c r="V21" s="6">
+        <v>100</v>
+      </c>
+      <c r="W21" s="4">
+        <v>120</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
-      <c r="Y21" s="4">
-        <v>120</v>
+      <c r="Y21" s="6">
+        <v>100</v>
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
-      <c r="AC21" s="6">
-[...2 lines deleted...]
-      <c r="AD21" s="4">
+      <c r="AC21" s="4">
+        <v>120</v>
+      </c>
+      <c r="AD21" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="4">
         <v>561</v>
       </c>
       <c r="D24" s="4">
         <v>465</v>
       </c>
       <c r="E24" s="4">
         <v>505</v>
       </c>
       <c r="F24" s="4">
         <v>526</v>
       </c>
       <c r="G24" s="4">
         <v>490</v>
       </c>
       <c r="H24" s="4">
@@ -1994,162 +2015,162 @@
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="4">
         <v>120</v>
       </c>
       <c r="U25" s="4">
         <v>120</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="4">
         <v>575</v>
       </c>
       <c r="D32" s="4">
         <v>566</v>
       </c>
       <c r="E32" s="4">
         <v>531</v>
       </c>
       <c r="F32" s="4">
         <v>543</v>
       </c>
       <c r="G32" s="4">
         <v>526</v>
       </c>
       <c r="H32" s="4">
         <v>590</v>
       </c>
       <c r="I32" s="4">
@@ -2300,123 +2321,123 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>43</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="4">
         <v>428</v>
       </c>
       <c r="D40" s="4">
         <v>432</v>
       </c>
       <c r="E40" s="4">
         <v>469</v>
       </c>
       <c r="F40" s="4">
         <v>422</v>
       </c>
       <c r="G40" s="4">
         <v>420</v>
       </c>
       <c r="H40" s="4">
         <v>452</v>
       </c>
       <c r="I40" s="4">