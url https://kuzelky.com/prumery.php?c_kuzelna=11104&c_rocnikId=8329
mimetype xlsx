--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -113,50 +113,53 @@
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Stanislav Novák</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>4.2.2017</t>
   </si>
   <si>
     <t>Antonín Valeška</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>Jiří Guba</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
@@ -224,71 +227,71 @@
   <si>
     <t>23.2.2023</t>
   </si>
   <si>
     <t>14.2.2023</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>Josef Krotký</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
+    <t>Miroslav Knespl</t>
+  </si>
+  <si>
+    <t>Zdeněk Chvátal</t>
+  </si>
+  <si>
+    <t>5.4.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>24.2.2022</t>
+  </si>
+  <si>
     <t>20.2.2022</t>
   </si>
   <si>
-    <t>Miroslav Knespl</t>
-[...16 lines deleted...]
-  <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>Radek Duhai</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>14.9.2025</t>
@@ -318,53 +321,50 @@
     <t>29.10.2023</t>
   </si>
   <si>
     <t>Jan Ritschel</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>3.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>11.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>30.11.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.11.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1187,208 +1187,214 @@
       </c>
       <c r="Q9" s="4">
         <v>120</v>
       </c>
       <c r="R9" s="4">
         <v>120</v>
       </c>
       <c r="S9" s="4">
         <v>120</v>
       </c>
       <c r="T9" s="4">
         <v>120</v>
       </c>
       <c r="U9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>36</v>
+      </c>
+      <c r="AC11" s="6" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="4">
+        <v>566</v>
+      </c>
+      <c r="D12" s="4">
         <v>576</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>580</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>620</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>612</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>589</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>586</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>510</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>542</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>540</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>546</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>643</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>533</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>574</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="R12" s="4">
         <v>557</v>
       </c>
       <c r="S12" s="4">
+        <v>557</v>
+      </c>
+      <c r="T12" s="4">
         <v>556</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>552</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>536</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>521</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>570</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>541</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>535</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>532</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>547</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>518</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
@@ -1430,147 +1436,150 @@
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
       <c r="W13" s="4">
         <v>120</v>
       </c>
       <c r="X13" s="4">
         <v>120</v>
       </c>
       <c r="Y13" s="4">
         <v>120</v>
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
+      <c r="AC13" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="4">
         <v>586</v>
       </c>
       <c r="D16" s="4">
         <v>537</v>
       </c>
       <c r="E16" s="4">
         <v>546</v>
       </c>
       <c r="F16" s="4">
         <v>539</v>
       </c>
       <c r="G16" s="4">
         <v>516</v>
       </c>
       <c r="H16" s="4">
         <v>505</v>
       </c>
       <c r="I16" s="4">
@@ -1721,144 +1730,144 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="4">
         <v>530</v>
       </c>
       <c r="D20" s="4">
         <v>518</v>
       </c>
       <c r="E20" s="4">
         <v>557</v>
       </c>
       <c r="F20" s="4">
         <v>570</v>
       </c>
       <c r="G20" s="4">
         <v>513</v>
       </c>
       <c r="H20" s="4">
         <v>581</v>
       </c>
       <c r="I20" s="4">
@@ -2009,239 +2018,239 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F23" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="U23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V23" s="6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="4">
+        <v>614</v>
+      </c>
+      <c r="D24" s="4">
         <v>569</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>573</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>599</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>594</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>553</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>564</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>523</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>589</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="M24" s="4">
         <v>566</v>
       </c>
       <c r="N24" s="4">
+        <v>566</v>
+      </c>
+      <c r="O24" s="4">
         <v>552</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>531</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>571</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>537</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>572</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>551</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>558</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>522</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>552</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>585</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>596</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>540</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>556</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>547</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>521</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>533</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>540</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2309,227 +2318,227 @@
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AA27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB27" s="6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="4">
+        <v>543</v>
+      </c>
+      <c r="D28" s="4">
         <v>519</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>557</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>546</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>527</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>565</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>601</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>567</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>610</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>565</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>572</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>583</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>535</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>547</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>516</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>546</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>568</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>563</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>541</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>516</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>521</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>529</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>554</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>552</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>527</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>556</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>492</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>515</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>547</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2591,138 +2600,138 @@
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="4">
         <v>551</v>
       </c>
       <c r="D32" s="4">
         <v>509</v>
       </c>
       <c r="E32" s="4">
         <v>532</v>
       </c>
       <c r="F32" s="4">
         <v>532</v>
       </c>
       <c r="G32" s="4">
         <v>486</v>
       </c>
       <c r="H32" s="4">
         <v>523</v>
       </c>
       <c r="I32" s="4">
@@ -2873,226 +2882,232 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="D35" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="6" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="J35" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="L35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M35" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="P35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q35" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="R35" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S35" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="T35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U35" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="W35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X35" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y35" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AA35" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>93</v>
+      </c>
+      <c r="AE35" s="6" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="4">
+        <v>563</v>
+      </c>
+      <c r="D36" s="4">
         <v>556</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>551</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>543</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>565</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>605</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>590</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>598</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>609</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>534</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>588</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>591</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>541</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>522</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>585</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>568</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>530</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>580</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>568</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>580</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>530</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>568</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>565</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>585</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>524</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>552</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>607</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>529</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>533</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
@@ -3140,242 +3155,245 @@
       </c>
       <c r="W37" s="4">
         <v>120</v>
       </c>
       <c r="X37" s="4">
         <v>120</v>
       </c>
       <c r="Y37" s="4">
         <v>120</v>
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
+      <c r="AE37" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="6" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="J39" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="K39" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L39" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="M39" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="M39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N39" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="O39" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>90</v>
+        <v>49</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>91</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="4">
+        <v>575</v>
+      </c>
+      <c r="D40" s="4">
         <v>566</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>531</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>543</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>526</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>590</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>538</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>563</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>556</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>521</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>524</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>574</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>515</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>491</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>528</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>494</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>527</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>532</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>517</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>522</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>483</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>518</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>485</v>
       </c>
-      <c r="Y40" s="7">
+      <c r="Z40" s="7">
         <v>442</v>
       </c>
-      <c r="Z40" s="7">
+      <c r="AA40" s="7">
         <v>407</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>511</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AC40" s="7">
         <v>422</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>558</v>
       </c>
-      <c r="AD40" s="7">
+      <c r="AE40" s="7">
         <v>420</v>
       </c>
-      <c r="AE40" s="7">
+      <c r="AF40" s="7">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3404,73 +3422,73 @@
       </c>
       <c r="Q41" s="4">
         <v>120</v>
       </c>
       <c r="R41" s="4">
         <v>120</v>
       </c>
       <c r="S41" s="4">
         <v>120</v>
       </c>
       <c r="T41" s="4">
         <v>120</v>
       </c>
       <c r="U41" s="4">
         <v>120</v>
       </c>
       <c r="V41" s="4">
         <v>120</v>
       </c>
       <c r="W41" s="4">
         <v>120</v>
       </c>
       <c r="X41" s="4">
         <v>120</v>
       </c>
-      <c r="Y41" s="6">
-        <v>100</v>
+      <c r="Y41" s="4">
+        <v>120</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
-      <c r="AA41" s="4">
-[...2 lines deleted...]
-      <c r="AB41" s="6">
+      <c r="AA41" s="6">
         <v>100</v>
       </c>
-      <c r="AC41" s="4">
-[...2 lines deleted...]
-      <c r="AD41" s="6">
+      <c r="AB41" s="4">
+        <v>120</v>
+      </c>
+      <c r="AC41" s="6">
         <v>100</v>
+      </c>
+      <c r="AD41" s="4">
+        <v>120</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
-      <c r="AF41" s="4">
-        <v>120</v>
+      <c r="AF41" s="6">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">