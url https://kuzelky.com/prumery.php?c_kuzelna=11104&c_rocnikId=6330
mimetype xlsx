--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice na kuželně Lomnice</t>
   </si>
   <si>
     <t>Bohumil Maněna</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
@@ -311,99 +311,105 @@
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>14.2.2023</t>
   </si>
   <si>
     <t>Josef Krotký</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>Miroslav Knespl</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>Josef Veverka</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>27.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>Petr Lidmila</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>24.1.2023</t>
   </si>
   <si>
     <t>Zdeněk Chvátal</t>
   </si>
   <si>
     <t>24.2.2022</t>
   </si>
   <si>
     <t>Hubert Guba</t>
   </si>
@@ -850,51 +856,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="AD49" sqref="AD49"/>
+      <selection activeCell="AE49" sqref="AE49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -2327,218 +2333,218 @@
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>103</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>105</v>
       </c>
       <c r="M23" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="P23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q23" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="R23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>614</v>
+      </c>
+      <c r="D24" s="4">
         <v>569</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>573</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>599</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>594</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>553</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>564</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>523</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>589</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="M24" s="4">
         <v>566</v>
       </c>
       <c r="N24" s="4">
+        <v>566</v>
+      </c>
+      <c r="O24" s="4">
         <v>552</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>531</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>571</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>537</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>572</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>551</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>558</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>522</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>552</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>585</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>596</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>540</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>556</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>547</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>521</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>533</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>540</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2594,239 +2600,239 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="F27" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="G27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="O27" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="P27" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="T27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="V27" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>543</v>
+      </c>
+      <c r="D28" s="4">
         <v>519</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>557</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>546</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>527</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>565</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>601</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>567</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>610</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>565</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>572</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>583</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>535</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>547</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>516</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>546</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>568</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>563</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>541</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>516</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>521</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>529</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>554</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>552</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>527</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>556</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>492</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>515</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>547</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2882,102 +2888,102 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>78</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>82</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>23</v>
       </c>
@@ -3170,239 +3176,239 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I35" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="M35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S35" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="T35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U35" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="X35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y35" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="AC35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD35" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AE35" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>511</v>
       </c>
       <c r="D36" s="4">
+        <v>511</v>
+      </c>
+      <c r="E36" s="4">
         <v>530</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>526</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>530</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>476</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>536</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>488</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>474</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>471</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>501</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>472</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>478</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>443</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>521</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>445</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>491</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>483</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>474</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>503</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>472</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>493</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>463</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>475</v>
       </c>
-      <c r="Z36" s="7">
+      <c r="AA36" s="7">
         <v>392</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>433</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>393</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>404</v>
       </c>
-      <c r="AD36" s="7">
+      <c r="AE36" s="7">
         <v>418</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3434,156 +3440,156 @@
       </c>
       <c r="R37" s="4">
         <v>120</v>
       </c>
       <c r="S37" s="4">
         <v>120</v>
       </c>
       <c r="T37" s="4">
         <v>120</v>
       </c>
       <c r="U37" s="4">
         <v>120</v>
       </c>
       <c r="V37" s="4">
         <v>120</v>
       </c>
       <c r="W37" s="4">
         <v>120</v>
       </c>
       <c r="X37" s="4">
         <v>120</v>
       </c>
       <c r="Y37" s="4">
         <v>120</v>
       </c>
-      <c r="Z37" s="6">
-        <v>100</v>
+      <c r="Z37" s="4">
+        <v>120</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>78</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>80</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>84</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>85</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>551</v>
       </c>
       <c r="D40" s="4">
         <v>509</v>
       </c>
       <c r="E40" s="4">
@@ -3746,123 +3752,123 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>85</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
@@ -4034,315 +4040,324 @@
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>66</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="Q47" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="R47" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="R47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S47" s="6" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="T47" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="U47" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="V47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W47" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="X47" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB47" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AC47" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="AD47" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AD47" s="6" t="s">
-        <v>132</v>
+      <c r="AE47" s="6" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>533</v>
+      </c>
+      <c r="D48" s="4">
         <v>490</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>481</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>474</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>516</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>525</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>477</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>520</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>482</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>501</v>
       </c>
-      <c r="L48" s="7">
+      <c r="M48" s="7">
         <v>414</v>
       </c>
-      <c r="M48" s="7">
+      <c r="N48" s="7">
         <v>442</v>
       </c>
-      <c r="N48" s="7">
+      <c r="O48" s="7">
         <v>440</v>
       </c>
-      <c r="O48" s="7">
+      <c r="P48" s="7">
         <v>404</v>
       </c>
-      <c r="P48" s="7">
+      <c r="Q48" s="7">
         <v>400</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>410</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>415</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>422</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>386</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>539</v>
       </c>
-      <c r="V48" s="7">
+      <c r="W48" s="7">
         <v>404</v>
       </c>
-      <c r="W48" s="7">
+      <c r="X48" s="7">
         <v>381</v>
       </c>
-      <c r="X48" s="7">
+      <c r="Y48" s="7">
         <v>412</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>490</v>
       </c>
-      <c r="Z48" s="7">
+      <c r="AA48" s="7">
         <v>402</v>
       </c>
-      <c r="AA48" s="7">
+      <c r="AB48" s="7">
         <v>395</v>
       </c>
-      <c r="AB48" s="7">
+      <c r="AC48" s="7">
         <v>400</v>
       </c>
-      <c r="AC48" s="7">
+      <c r="AD48" s="7">
         <v>393</v>
       </c>
-      <c r="AD48" s="7">
+      <c r="AE48" s="7">
         <v>375</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="4">
         <v>120</v>
       </c>
       <c r="E49" s="4">
         <v>120</v>
       </c>
       <c r="F49" s="4">
         <v>120</v>
       </c>
       <c r="G49" s="4">
         <v>120</v>
       </c>
       <c r="H49" s="4">
         <v>120</v>
       </c>
       <c r="I49" s="4">
         <v>120</v>
       </c>
       <c r="J49" s="4">
         <v>120</v>
       </c>
       <c r="K49" s="4">
         <v>120</v>
       </c>
-      <c r="L49" s="6">
-        <v>100</v>
+      <c r="L49" s="4">
+        <v>120</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
-      <c r="U49" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="U49" s="6">
+        <v>100</v>
+      </c>
+      <c r="V49" s="4">
+        <v>120</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
-      <c r="Y49" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Y49" s="6">
+        <v>100</v>
+      </c>
+      <c r="Z49" s="4">
+        <v>120</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE49" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>