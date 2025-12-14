--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice B na kuželně Lomnice</t>
   </si>
   <si>
     <t>Rudolf Schimmer</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
@@ -110,53 +113,50 @@
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>14.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>24.2.2022</t>
   </si>
   <si>
-    <t>19.2.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zuzana Kožíšková</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
@@ -249,53 +249,50 @@
     <t>12.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>27.2.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>22.2.2020</t>
   </si>
   <si>
     <t>Věra Martincová</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>21.9.2019</t>
   </si>
@@ -1030,135 +1027,135 @@
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
         <v>499</v>
       </c>
       <c r="D4" s="4">
+        <v>499</v>
+      </c>
+      <c r="E4" s="4">
         <v>511</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>510</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>517</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>484</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>524</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>446</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>488</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>481</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>529</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>480</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>503</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>479</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>489</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>503</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>512</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>510</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>496</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>519</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>509</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>463</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>453</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>394</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>387</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>411</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>366</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>438</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>410</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1187,52 +1184,52 @@
       </c>
       <c r="Q5" s="4">
         <v>120</v>
       </c>
       <c r="R5" s="4">
         <v>120</v>
       </c>
       <c r="S5" s="4">
         <v>120</v>
       </c>
       <c r="T5" s="4">
         <v>120</v>
       </c>
       <c r="U5" s="4">
         <v>120</v>
       </c>
       <c r="V5" s="4">
         <v>120</v>
       </c>
       <c r="W5" s="4">
         <v>120</v>
       </c>
       <c r="X5" s="4">
         <v>120</v>
       </c>
-      <c r="Y5" s="7">
-        <v>100</v>
+      <c r="Y5" s="4">
+        <v>120</v>
       </c>
       <c r="Z5" s="7">
         <v>100</v>
       </c>
       <c r="AA5" s="7">
         <v>100</v>
       </c>
       <c r="AB5" s="7">
         <v>100</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
@@ -1274,81 +1271,81 @@
       <c r="M7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="U7" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="W7" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>56</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AC7" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AD7" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AE7" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
         <v>534</v>
       </c>
       <c r="D8" s="4">
         <v>540</v>
       </c>
       <c r="E8" s="4">
         <v>550</v>
       </c>
       <c r="F8" s="4">
         <v>511</v>
       </c>
       <c r="G8" s="4">
         <v>544</v>
       </c>
       <c r="H8" s="4">
@@ -1526,215 +1523,215 @@
       <c r="A11" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="M11" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="M11" s="7" t="s">
+      <c r="N11" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="N11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="P11" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="P11" s="7" t="s">
+      <c r="Q11" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="Q11" s="7" t="s">
+      <c r="R11" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="R11" s="7" t="s">
+      <c r="S11" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="S11" s="7" t="s">
+      <c r="T11" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="T11" s="7" t="s">
+      <c r="U11" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="U11" s="7" t="s">
+      <c r="V11" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="V11" s="7" t="s">
+      <c r="W11" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="W11" s="7" t="s">
+      <c r="X11" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="X11" s="7" t="s">
+      <c r="Y11" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="Y11" s="7" t="s">
+      <c r="Z11" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="Z11" s="7" t="s">
+      <c r="AA11" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="AA11" s="7" t="s">
+      <c r="AB11" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="AB11" s="7" t="s">
+      <c r="AC11" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="AC11" s="7" t="s">
+      <c r="AD11" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="AD11" s="7" t="s">
+      <c r="AE11" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="AE11" s="7" t="s">
+      <c r="AF11" s="7" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>472</v>
+      </c>
+      <c r="D12" s="4">
         <v>514</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>500</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>491</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>486</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>455</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>502</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>441</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>448</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>462</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>487</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>421</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>490</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>475</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>457</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>494</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>460</v>
       </c>
-      <c r="S12" s="5">
+      <c r="T12" s="5">
         <v>369</v>
       </c>
-      <c r="T12" s="5">
+      <c r="U12" s="5">
         <v>398</v>
       </c>
-      <c r="U12" s="5">
+      <c r="V12" s="5">
         <v>390</v>
       </c>
-      <c r="V12" s="5">
+      <c r="W12" s="5">
         <v>406</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>358</v>
       </c>
-      <c r="X12" s="5">
+      <c r="Y12" s="5">
         <v>377</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>415</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>359</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>410</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>404</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>398</v>
       </c>
-      <c r="AD12" s="5">
+      <c r="AE12" s="5">
         <v>394</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1745,171 +1742,171 @@
       </c>
       <c r="K13" s="4">
         <v>120</v>
       </c>
       <c r="L13" s="4">
         <v>120</v>
       </c>
       <c r="M13" s="4">
         <v>120</v>
       </c>
       <c r="N13" s="4">
         <v>120</v>
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
-      <c r="S13" s="7">
-        <v>100</v>
+      <c r="S13" s="4">
+        <v>120</v>
       </c>
       <c r="T13" s="7">
         <v>100</v>
       </c>
       <c r="U13" s="7">
         <v>100</v>
       </c>
       <c r="V13" s="7">
         <v>100</v>
       </c>
       <c r="W13" s="7">
         <v>100</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="F15" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="F15" s="7" t="s">
+      <c r="G15" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="G15" s="7" t="s">
+      <c r="H15" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="J15" s="7" t="s">
+      <c r="K15" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="K15" s="7" t="s">
+      <c r="L15" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="O15" s="7" t="s">
+      <c r="P15" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="P15" s="7" t="s">
+      <c r="Q15" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="Q15" s="7" t="s">
+      <c r="R15" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="W15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X15" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y15" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
         <v>389</v>
       </c>
       <c r="D16" s="5">
         <v>388</v>
       </c>
       <c r="E16" s="5">
         <v>383</v>
       </c>
       <c r="F16" s="5">
         <v>377</v>
       </c>
       <c r="G16" s="5">
         <v>394</v>
       </c>
       <c r="H16" s="5">
         <v>464</v>
       </c>
       <c r="I16" s="5">
@@ -2024,239 +2021,239 @@
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
       <c r="W17" s="7">
         <v>100</v>
       </c>
       <c r="X17" s="7">
         <v>100</v>
       </c>
       <c r="Y17" s="7">
         <v>100</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N19" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="O19" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T19" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="U19" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="V19" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="W19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="X19" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y19" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z19" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA19" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB19" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC19" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="AD19" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="AE19" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="AF19" s="7" t="s">
         <v>106</v>
-      </c>
-[...34 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>540</v>
+      </c>
+      <c r="D20" s="4">
         <v>516</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>522</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>582</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>474</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>546</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>489</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>520</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>492</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>532</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>523</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>469</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>508</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>487</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>505</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>494</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>492</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>531</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>479</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>478</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>474</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>516</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>466</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>484</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="AB20" s="5">
         <v>424</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AC20" s="5">
+        <v>424</v>
+      </c>
+      <c r="AD20" s="4">
         <v>499</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>408</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2291,165 +2288,165 @@
       </c>
       <c r="S21" s="4">
         <v>120</v>
       </c>
       <c r="T21" s="4">
         <v>120</v>
       </c>
       <c r="U21" s="4">
         <v>120</v>
       </c>
       <c r="V21" s="4">
         <v>120</v>
       </c>
       <c r="W21" s="4">
         <v>120</v>
       </c>
       <c r="X21" s="4">
         <v>120</v>
       </c>
       <c r="Y21" s="4">
         <v>120</v>
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
-      <c r="AA21" s="7">
-        <v>100</v>
+      <c r="AA21" s="4">
+        <v>120</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
-      <c r="AC21" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AC21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD21" s="4">
+        <v>120</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>43</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>50</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>56</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>67</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>543</v>
       </c>
       <c r="D24" s="4">
         <v>519</v>
       </c>
       <c r="E24" s="4">
         <v>557</v>
       </c>
       <c r="F24" s="4">
         <v>546</v>
       </c>
       <c r="G24" s="4">
         <v>527</v>
       </c>
       <c r="H24" s="4">
         <v>565</v>
       </c>
       <c r="I24" s="4">
@@ -2600,144 +2597,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="N27" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="O27" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>60</v>
       </c>
       <c r="T27" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="U27" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="V27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W27" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="X27" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="AB27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC27" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD27" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>480</v>
       </c>
       <c r="D28" s="4">
         <v>515</v>
       </c>
       <c r="E28" s="4">
         <v>518</v>
       </c>
       <c r="F28" s="4">
         <v>519</v>
       </c>
       <c r="G28" s="4">
         <v>482</v>
       </c>
       <c r="H28" s="4">
         <v>557</v>
       </c>
       <c r="I28" s="4">
@@ -2888,144 +2885,144 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>43</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>47</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>54</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>494</v>
       </c>
       <c r="D32" s="4">
         <v>505</v>
       </c>
       <c r="E32" s="4">
         <v>528</v>
       </c>
       <c r="F32" s="4">
         <v>523</v>
       </c>
       <c r="G32" s="4">
         <v>540</v>
       </c>
       <c r="H32" s="4">
         <v>548</v>
       </c>
       <c r="I32" s="4">
@@ -3176,51 +3173,51 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>42</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>43</v>
       </c>
@@ -3230,90 +3227,90 @@
       <c r="K35" s="7" t="s">
         <v>45</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>46</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>50</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>543</v>
       </c>
       <c r="D36" s="4">
         <v>583</v>
       </c>
       <c r="E36" s="4">
         <v>570</v>
       </c>
       <c r="F36" s="4">
         <v>490</v>
       </c>
       <c r="G36" s="4">
         <v>551</v>
       </c>
       <c r="H36" s="4">
         <v>548</v>
       </c>
       <c r="I36" s="4">
@@ -3464,144 +3461,144 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I39" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="J39" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="J39" s="7" t="s">
+      <c r="K39" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="K39" s="7" t="s">
+      <c r="L39" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="M39" s="7" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>62</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>63</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>52</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>55</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AE39" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="AF39" s="7" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>549</v>
       </c>
       <c r="D40" s="4">
         <v>539</v>
       </c>
       <c r="E40" s="4">
         <v>523</v>
       </c>
       <c r="F40" s="4">
         <v>503</v>
       </c>
       <c r="G40" s="4">
         <v>526</v>
       </c>
       <c r="H40" s="4">
         <v>508</v>
       </c>
       <c r="I40" s="4">
@@ -3752,141 +3749,141 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>45</v>
       </c>
       <c r="J43" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="K43" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="K43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L43" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>62</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>63</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>53</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>55</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>57</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>60</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="W43" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="X43" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="X43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y43" s="7" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA43" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="AB43" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC43" s="7" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>70</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>551</v>
       </c>
       <c r="D44" s="4">
         <v>509</v>
       </c>
       <c r="E44" s="4">
         <v>532</v>
       </c>
       <c r="F44" s="4">
         <v>532</v>
       </c>
       <c r="G44" s="4">
         <v>486</v>
       </c>
       <c r="H44" s="4">
@@ -4040,144 +4037,144 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E47" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="D47" s="7" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="7" t="s">
+      <c r="F47" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="F47" s="7" t="s">
+      <c r="G47" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="G47" s="7" t="s">
+      <c r="H47" s="7" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>58</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>60</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O47" s="7" t="s">
         <v>70</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>71</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>73</v>
       </c>
       <c r="R47" s="7" t="s">
         <v>74</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="T47" s="7" t="s">
         <v>76</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>77</v>
       </c>
       <c r="V47" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="W47" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="X47" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y47" s="7" t="s">
         <v>148</v>
       </c>
-      <c r="W47" s="7" t="s">
-[...5 lines deleted...]
-      <c r="Y47" s="7" t="s">
+      <c r="Z47" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA47" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="Z47" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AA47" s="7" t="s">
+      <c r="AB47" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="AC47" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD47" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE47" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF47" s="7" t="s">
         <v>150</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="5">
         <v>509</v>
       </c>
       <c r="D48" s="4">
         <v>545</v>
       </c>
       <c r="E48" s="5">
         <v>468</v>
       </c>
       <c r="F48" s="5">
         <v>425</v>
       </c>
       <c r="G48" s="5">
         <v>421</v>
       </c>
       <c r="H48" s="5">
         <v>451</v>
       </c>
       <c r="I48" s="5">
@@ -4328,144 +4325,144 @@
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>43</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>45</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>46</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>48</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>49</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>51</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="S51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="U51" s="7" t="s">
         <v>55</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="X51" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Y51" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="Z51" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="Z51" s="7" t="s">
+      <c r="AA51" s="7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AC51" s="7" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AD51" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AE51" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF51" s="7" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>536</v>
       </c>
       <c r="D52" s="4">
         <v>515</v>
       </c>
       <c r="E52" s="4">
         <v>517</v>
       </c>
       <c r="F52" s="4">
         <v>503</v>
       </c>
       <c r="G52" s="4">
         <v>566</v>
       </c>
       <c r="H52" s="4">
         <v>531</v>
       </c>
       <c r="I52" s="4">