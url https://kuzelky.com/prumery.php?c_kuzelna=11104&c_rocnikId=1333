--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -35,50 +35,53 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice˝C˝ na kuželně Lomnice</t>
   </si>
   <si>
     <t>Jiří Flejsar</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>24.9.2016</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Rudolf Schmmer</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
@@ -122,222 +125,219 @@
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>14.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>24.2.2022</t>
   </si>
   <si>
+    <t>Josef Volf</t>
+  </si>
+  <si>
+    <t>18.3.2017</t>
+  </si>
+  <si>
+    <t>4.3.2017</t>
+  </si>
+  <si>
+    <t>11.2.2017</t>
+  </si>
+  <si>
+    <t>19.11.2016</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>22.10.2016</t>
+  </si>
+  <si>
+    <t>15.10.2016</t>
+  </si>
+  <si>
+    <t>Rudolf Schimmer</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>Růžena Kovačíková</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>28.9.2024</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
+    <t>14.10.2023</t>
+  </si>
+  <si>
+    <t>23.9.2023</t>
+  </si>
+  <si>
+    <t>15.4.2023</t>
+  </si>
+  <si>
+    <t>24.1.2023</t>
+  </si>
+  <si>
+    <t>3.12.2022</t>
+  </si>
+  <si>
+    <t>2.4.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>27.11.2021</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>6.11.2021</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>27.2.2020</t>
+  </si>
+  <si>
+    <t>Jiří Flejšar</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>3.2.2024</t>
+  </si>
+  <si>
+    <t>21.10.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>26.11.2022</t>
+  </si>
+  <si>
+    <t>12.11.2022</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>Josef Zvěřina</t>
+  </si>
+  <si>
+    <t>12.10.2025</t>
+  </si>
+  <si>
+    <t>28.9.2025</t>
+  </si>
+  <si>
+    <t>10.3.2024</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
+    <t>19.11.2023</t>
+  </si>
+  <si>
+    <t>15.10.2023</t>
+  </si>
+  <si>
+    <t>7.10.2023</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
     <t>19.2.2022</t>
-  </si>
-[...169 lines deleted...]
-    <t>15.10.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
@@ -1030,135 +1030,135 @@
       </c>
       <c r="AB7" s="5" t="s">
         <v>32</v>
       </c>
       <c r="AC7" s="5" t="s">
         <v>33</v>
       </c>
       <c r="AD7" s="5" t="s">
         <v>34</v>
       </c>
       <c r="AE7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="AF7" s="5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="7">
         <v>499</v>
       </c>
       <c r="D8" s="7">
+        <v>499</v>
+      </c>
+      <c r="E8" s="7">
         <v>511</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>510</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>517</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>484</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>524</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>446</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>488</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>481</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>529</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>480</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>503</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>479</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>489</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>503</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>512</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>510</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>496</v>
       </c>
-      <c r="U8" s="7">
+      <c r="V8" s="7">
         <v>519</v>
       </c>
-      <c r="V8" s="7">
+      <c r="W8" s="7">
         <v>509</v>
       </c>
-      <c r="W8" s="7">
+      <c r="X8" s="7">
         <v>463</v>
       </c>
-      <c r="X8" s="7">
+      <c r="Y8" s="7">
         <v>453</v>
       </c>
-      <c r="Y8" s="6">
+      <c r="Z8" s="6">
         <v>394</v>
       </c>
-      <c r="Z8" s="6">
+      <c r="AA8" s="6">
         <v>387</v>
       </c>
-      <c r="AA8" s="6">
+      <c r="AB8" s="6">
         <v>411</v>
       </c>
-      <c r="AB8" s="6">
+      <c r="AC8" s="6">
         <v>366</v>
       </c>
-      <c r="AC8" s="6">
+      <c r="AD8" s="6">
         <v>438</v>
       </c>
-      <c r="AD8" s="6">
+      <c r="AE8" s="6">
         <v>410</v>
       </c>
-      <c r="AE8" s="6">
+      <c r="AF8" s="6">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="7">
         <v>120</v>
       </c>
       <c r="D9" s="7">
         <v>120</v>
       </c>
       <c r="E9" s="7">
         <v>120</v>
       </c>
       <c r="F9" s="7">
         <v>120</v>
       </c>
       <c r="G9" s="7">
         <v>120</v>
       </c>
       <c r="H9" s="7">
         <v>120</v>
       </c>
       <c r="I9" s="7">
@@ -1187,52 +1187,52 @@
       </c>
       <c r="Q9" s="7">
         <v>120</v>
       </c>
       <c r="R9" s="7">
         <v>120</v>
       </c>
       <c r="S9" s="7">
         <v>120</v>
       </c>
       <c r="T9" s="7">
         <v>120</v>
       </c>
       <c r="U9" s="7">
         <v>120</v>
       </c>
       <c r="V9" s="7">
         <v>120</v>
       </c>
       <c r="W9" s="7">
         <v>120</v>
       </c>
       <c r="X9" s="7">
         <v>120</v>
       </c>
-      <c r="Y9" s="5">
-        <v>100</v>
+      <c r="Y9" s="7">
+        <v>120</v>
       </c>
       <c r="Z9" s="5">
         <v>100</v>
       </c>
       <c r="AA9" s="5">
         <v>100</v>
       </c>
       <c r="AB9" s="5">
         <v>100</v>
       </c>
       <c r="AC9" s="5">
         <v>100</v>
       </c>
       <c r="AD9" s="5">
         <v>100</v>
       </c>
       <c r="AE9" s="5">
         <v>100</v>
       </c>
       <c r="AF9" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
@@ -1355,215 +1355,215 @@
       <c r="A19" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="M19" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="M19" s="5" t="s">
+      <c r="N19" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="N19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O19" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="P19" s="5" t="s">
+      <c r="Q19" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="Q19" s="5" t="s">
+      <c r="R19" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="R19" s="5" t="s">
+      <c r="S19" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="S19" s="5" t="s">
+      <c r="T19" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="T19" s="5" t="s">
+      <c r="U19" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="U19" s="5" t="s">
+      <c r="V19" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="V19" s="5" t="s">
+      <c r="W19" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="W19" s="5" t="s">
+      <c r="X19" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="X19" s="5" t="s">
+      <c r="Y19" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="Y19" s="5" t="s">
+      <c r="Z19" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="Z19" s="5" t="s">
+      <c r="AA19" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="AA19" s="5" t="s">
+      <c r="AB19" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="AB19" s="5" t="s">
+      <c r="AC19" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="AC19" s="5" t="s">
+      <c r="AD19" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="AD19" s="5" t="s">
+      <c r="AE19" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="AE19" s="5" t="s">
+      <c r="AF19" s="5" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="7">
+        <v>472</v>
+      </c>
+      <c r="D20" s="7">
         <v>514</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>500</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>491</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>486</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>455</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>502</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>441</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>448</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>462</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>487</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>421</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>490</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>475</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>457</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>494</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>460</v>
       </c>
-      <c r="S20" s="6">
+      <c r="T20" s="6">
         <v>369</v>
       </c>
-      <c r="T20" s="6">
+      <c r="U20" s="6">
         <v>398</v>
       </c>
-      <c r="U20" s="6">
+      <c r="V20" s="6">
         <v>390</v>
       </c>
-      <c r="V20" s="6">
+      <c r="W20" s="6">
         <v>406</v>
       </c>
-      <c r="W20" s="6">
+      <c r="X20" s="6">
         <v>358</v>
       </c>
-      <c r="X20" s="6">
+      <c r="Y20" s="6">
         <v>377</v>
       </c>
-      <c r="Y20" s="6">
+      <c r="Z20" s="6">
         <v>415</v>
       </c>
-      <c r="Z20" s="6">
+      <c r="AA20" s="6">
         <v>359</v>
       </c>
-      <c r="AA20" s="6">
+      <c r="AB20" s="6">
         <v>410</v>
       </c>
-      <c r="AB20" s="6">
+      <c r="AC20" s="6">
         <v>404</v>
       </c>
-      <c r="AC20" s="6">
+      <c r="AD20" s="6">
         <v>398</v>
       </c>
-      <c r="AD20" s="6">
+      <c r="AE20" s="6">
         <v>394</v>
       </c>
-      <c r="AE20" s="6">
+      <c r="AF20" s="6">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>120</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
       <c r="I21" s="7">
@@ -1574,189 +1574,189 @@
       </c>
       <c r="K21" s="7">
         <v>120</v>
       </c>
       <c r="L21" s="7">
         <v>120</v>
       </c>
       <c r="M21" s="7">
         <v>120</v>
       </c>
       <c r="N21" s="7">
         <v>120</v>
       </c>
       <c r="O21" s="7">
         <v>120</v>
       </c>
       <c r="P21" s="7">
         <v>120</v>
       </c>
       <c r="Q21" s="7">
         <v>120</v>
       </c>
       <c r="R21" s="7">
         <v>120</v>
       </c>
-      <c r="S21" s="5">
-        <v>100</v>
+      <c r="S21" s="7">
+        <v>120</v>
       </c>
       <c r="T21" s="5">
         <v>100</v>
       </c>
       <c r="U21" s="5">
         <v>100</v>
       </c>
       <c r="V21" s="5">
         <v>100</v>
       </c>
       <c r="W21" s="5">
         <v>100</v>
       </c>
       <c r="X21" s="5">
         <v>100</v>
       </c>
       <c r="Y21" s="5">
         <v>100</v>
       </c>
       <c r="Z21" s="5">
         <v>100</v>
       </c>
       <c r="AA21" s="5">
         <v>100</v>
       </c>
       <c r="AB21" s="5">
         <v>100</v>
       </c>
       <c r="AC21" s="5">
         <v>100</v>
       </c>
       <c r="AD21" s="5">
         <v>100</v>
       </c>
       <c r="AE21" s="5">
         <v>100</v>
       </c>
       <c r="AF21" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>48</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N23" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="O23" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="O23" s="5" t="s">
+      <c r="P23" s="5" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="Q23" s="5" t="s">
         <v>50</v>
       </c>
       <c r="R23" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>51</v>
       </c>
       <c r="T23" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="U23" s="5" t="s">
         <v>52</v>
       </c>
       <c r="V23" s="5" t="s">
         <v>53</v>
       </c>
       <c r="W23" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="X23" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y23" s="5" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="Z23" s="5" t="s">
         <v>55</v>
       </c>
       <c r="AA23" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB23" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="AB23" s="5" t="s">
+      <c r="AC23" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="AC23" s="5" t="s">
+      <c r="AD23" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="AD23" s="5" t="s">
+      <c r="AE23" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="AE23" s="5" t="s">
+      <c r="AF23" s="5" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="7">
         <v>389</v>
       </c>
       <c r="D24" s="7">
         <v>469</v>
       </c>
       <c r="E24" s="7">
         <v>490</v>
       </c>
       <c r="F24" s="7">
         <v>520</v>
       </c>
       <c r="G24" s="7">
         <v>508</v>
       </c>
       <c r="H24" s="7">
         <v>504</v>
       </c>
       <c r="I24" s="7">
@@ -1907,93 +1907,93 @@
       </c>
       <c r="Z25" s="5">
         <v>100</v>
       </c>
       <c r="AA25" s="5">
         <v>100</v>
       </c>
       <c r="AB25" s="5">
         <v>100</v>
       </c>
       <c r="AC25" s="5">
         <v>100</v>
       </c>
       <c r="AD25" s="5">
         <v>100</v>
       </c>
       <c r="AE25" s="5">
         <v>100</v>
       </c>
       <c r="AF25" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D27" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="D27" s="5" t="s">
+      <c r="E27" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="E27" s="5" t="s">
+      <c r="F27" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="F27" s="5" t="s">
+      <c r="G27" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="G27" s="5" t="s">
+      <c r="H27" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="K27" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="L27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="M27" s="5" t="s">
+      <c r="N27" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O27" s="5" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="P27" s="5" t="s">
         <v>94</v>
       </c>
       <c r="Q27" s="5" t="s">
         <v>95</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>97</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>98</v>
       </c>
       <c r="U27" s="5" t="s">
         <v>64</v>
       </c>
       <c r="V27" s="5" t="s">
         <v>99</v>
       </c>
       <c r="W27" s="5" t="s">
         <v>66</v>
       </c>
@@ -2213,221 +2213,221 @@
       </c>
       <c r="AF29" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N31" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O31" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="O31" s="5" t="s">
+      <c r="P31" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="P31" s="5" t="s">
+      <c r="Q31" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="R31" s="5" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>22</v>
       </c>
       <c r="T31" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="U31" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="V31" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="W31" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="X31" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y31" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="U31" s="5" t="s">
-[...8 lines deleted...]
-      <c r="X31" s="5" t="s">
+      <c r="Z31" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA31" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB31" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC31" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="Y31" s="5" t="s">
-[...8 lines deleted...]
-      <c r="AB31" s="5" t="s">
+      <c r="AD31" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE31" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF31" s="5" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="7">
+        <v>540</v>
+      </c>
+      <c r="D32" s="7">
         <v>516</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>522</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>582</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>474</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>546</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>489</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>520</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>492</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>532</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>523</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>469</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>508</v>
       </c>
-      <c r="O32" s="7">
+      <c r="P32" s="7">
         <v>487</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>505</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>494</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>492</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>531</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>479</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>478</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>474</v>
       </c>
-      <c r="W32" s="7">
+      <c r="X32" s="7">
         <v>516</v>
       </c>
-      <c r="X32" s="7">
+      <c r="Y32" s="7">
         <v>466</v>
       </c>
-      <c r="Y32" s="7">
+      <c r="Z32" s="7">
         <v>484</v>
       </c>
-      <c r="Z32" s="7">
+      <c r="AA32" s="7">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="AB32" s="6">
         <v>424</v>
       </c>
-      <c r="AC32" s="7">
+      <c r="AC32" s="6">
+        <v>424</v>
+      </c>
+      <c r="AD32" s="7">
         <v>499</v>
       </c>
-      <c r="AD32" s="6">
+      <c r="AE32" s="6">
         <v>408</v>
       </c>
-      <c r="AE32" s="6">
+      <c r="AF32" s="6">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>120</v>
       </c>
       <c r="H33" s="7">
         <v>120</v>
       </c>
       <c r="I33" s="7">
@@ -2462,138 +2462,138 @@
       </c>
       <c r="S33" s="7">
         <v>120</v>
       </c>
       <c r="T33" s="7">
         <v>120</v>
       </c>
       <c r="U33" s="7">
         <v>120</v>
       </c>
       <c r="V33" s="7">
         <v>120</v>
       </c>
       <c r="W33" s="7">
         <v>120</v>
       </c>
       <c r="X33" s="7">
         <v>120</v>
       </c>
       <c r="Y33" s="7">
         <v>120</v>
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
-      <c r="AA33" s="5">
-        <v>100</v>
+      <c r="AA33" s="7">
+        <v>120</v>
       </c>
       <c r="AB33" s="5">
         <v>100</v>
       </c>
-      <c r="AC33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AC33" s="5">
+        <v>100</v>
+      </c>
+      <c r="AD33" s="7">
+        <v>120</v>
       </c>
       <c r="AE33" s="5">
         <v>100</v>
       </c>
       <c r="AF33" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F35" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I35" s="5" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>50</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>51</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N35" s="5" t="s">
         <v>54</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P35" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="Q35" s="5" t="s">
         <v>56</v>
       </c>
       <c r="R35" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="S35" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="S35" s="5" t="s">
+      <c r="T35" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="T35" s="5" t="s">
+      <c r="U35" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="U35" s="5" t="s">
+      <c r="V35" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="V35" s="5" t="s">
+      <c r="W35" s="5" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="X35" s="5" t="s">
         <v>57</v>
       </c>
       <c r="Y35" s="5" t="s">
         <v>111</v>
       </c>
       <c r="Z35" s="5" t="s">
         <v>112</v>
       </c>
       <c r="AA35" s="5" t="s">
         <v>58</v>
       </c>
       <c r="AB35" s="5" t="s">
         <v>113</v>
       </c>
       <c r="AC35" s="5" t="s">
         <v>114</v>
       </c>
       <c r="AD35" s="5" t="s">
         <v>60</v>
       </c>
       <c r="AE35" s="5" t="s">
         <v>64</v>
       </c>
@@ -2777,90 +2777,90 @@
       </c>
       <c r="AB37" s="5">
         <v>100</v>
       </c>
       <c r="AC37" s="5">
         <v>100</v>
       </c>
       <c r="AD37" s="5">
         <v>100</v>
       </c>
       <c r="AE37" s="5">
         <v>100</v>
       </c>
       <c r="AF37" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>117</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L39" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="M39" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="M39" s="5" t="s">
+      <c r="N39" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="O39" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="N39" s="5" t="s">
-[...2 lines deleted...]
-      <c r="O39" s="5" t="s">
+      <c r="P39" s="5" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="Q39" s="5" t="s">
         <v>58</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>94</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>59</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>95</v>
       </c>
       <c r="U39" s="5" t="s">
         <v>62</v>
       </c>
       <c r="V39" s="5" t="s">
         <v>118</v>
       </c>
       <c r="W39" s="5" t="s">
         <v>96</v>
       </c>
       <c r="X39" s="5" t="s">
         <v>63</v>
       </c>
@@ -3131,212 +3131,212 @@
       <c r="B51" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>13</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N51" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O51" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="P51" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="P51" s="5" t="s">
+      <c r="Q51" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="Q51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R51" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>22</v>
       </c>
       <c r="T51" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="U51" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="V51" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="W51" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="X51" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="U51" s="5" t="s">
-[...5 lines deleted...]
-      <c r="W51" s="5" t="s">
+      <c r="Y51" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z51" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA51" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB51" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="X51" s="5" t="s">
-[...8 lines deleted...]
-      <c r="AA51" s="5" t="s">
+      <c r="AC51" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD51" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="AB51" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AD51" s="5" t="s">
+      <c r="AE51" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="AE51" s="5" t="s">
+      <c r="AF51" s="5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="7">
         <v>511</v>
       </c>
       <c r="D52" s="7">
+        <v>511</v>
+      </c>
+      <c r="E52" s="7">
         <v>530</v>
       </c>
-      <c r="E52" s="7">
+      <c r="F52" s="7">
         <v>526</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>530</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>476</v>
       </c>
-      <c r="H52" s="7">
+      <c r="I52" s="7">
         <v>536</v>
       </c>
-      <c r="I52" s="7">
+      <c r="J52" s="7">
         <v>488</v>
       </c>
-      <c r="J52" s="7">
+      <c r="K52" s="7">
         <v>474</v>
       </c>
-      <c r="K52" s="7">
+      <c r="L52" s="7">
         <v>471</v>
       </c>
-      <c r="L52" s="7">
+      <c r="M52" s="7">
         <v>501</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>472</v>
       </c>
-      <c r="N52" s="7">
+      <c r="O52" s="7">
         <v>478</v>
       </c>
-      <c r="O52" s="7">
+      <c r="P52" s="7">
         <v>443</v>
       </c>
-      <c r="P52" s="7">
+      <c r="Q52" s="7">
         <v>521</v>
       </c>
-      <c r="Q52" s="7">
+      <c r="R52" s="7">
         <v>445</v>
       </c>
-      <c r="R52" s="7">
+      <c r="S52" s="7">
         <v>491</v>
       </c>
-      <c r="S52" s="7">
+      <c r="T52" s="7">
         <v>483</v>
       </c>
-      <c r="T52" s="7">
+      <c r="U52" s="7">
         <v>474</v>
       </c>
-      <c r="U52" s="7">
+      <c r="V52" s="7">
         <v>503</v>
       </c>
-      <c r="V52" s="7">
+      <c r="W52" s="7">
         <v>472</v>
       </c>
-      <c r="W52" s="7">
+      <c r="X52" s="7">
         <v>493</v>
       </c>
-      <c r="X52" s="7">
+      <c r="Y52" s="7">
         <v>463</v>
       </c>
-      <c r="Y52" s="7">
+      <c r="Z52" s="7">
         <v>475</v>
       </c>
-      <c r="Z52" s="6">
+      <c r="AA52" s="6">
         <v>392</v>
       </c>
-      <c r="AA52" s="6">
+      <c r="AB52" s="6">
         <v>433</v>
       </c>
-      <c r="AB52" s="6">
+      <c r="AC52" s="6">
         <v>393</v>
       </c>
-      <c r="AC52" s="6">
+      <c r="AD52" s="6">
         <v>404</v>
       </c>
-      <c r="AD52" s="6">
+      <c r="AE52" s="6">
         <v>418</v>
       </c>
-      <c r="AE52" s="6">
+      <c r="AF52" s="6">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="7">
         <v>120</v>
       </c>
       <c r="D53" s="7">
         <v>120</v>
       </c>
       <c r="E53" s="7">
         <v>120</v>
       </c>
       <c r="F53" s="7">
         <v>120</v>
       </c>
       <c r="G53" s="7">
         <v>120</v>
       </c>
       <c r="H53" s="7">
         <v>120</v>
       </c>
       <c r="I53" s="7">
@@ -3368,156 +3368,156 @@
       </c>
       <c r="R53" s="7">
         <v>120</v>
       </c>
       <c r="S53" s="7">
         <v>120</v>
       </c>
       <c r="T53" s="7">
         <v>120</v>
       </c>
       <c r="U53" s="7">
         <v>120</v>
       </c>
       <c r="V53" s="7">
         <v>120</v>
       </c>
       <c r="W53" s="7">
         <v>120</v>
       </c>
       <c r="X53" s="7">
         <v>120</v>
       </c>
       <c r="Y53" s="7">
         <v>120</v>
       </c>
-      <c r="Z53" s="5">
-        <v>100</v>
+      <c r="Z53" s="7">
+        <v>120</v>
       </c>
       <c r="AA53" s="5">
         <v>100</v>
       </c>
       <c r="AB53" s="5">
         <v>100</v>
       </c>
       <c r="AC53" s="5">
         <v>100</v>
       </c>
       <c r="AD53" s="5">
         <v>100</v>
       </c>
       <c r="AE53" s="5">
         <v>100</v>
       </c>
       <c r="AF53" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>131</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>132</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>134</v>
       </c>
       <c r="L55" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>48</v>
       </c>
       <c r="N55" s="5" t="s">
         <v>49</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="P55" s="5" t="s">
         <v>135</v>
       </c>
       <c r="Q55" s="5" t="s">
         <v>51</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>136</v>
       </c>
       <c r="S55" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="T55" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="U55" s="5" t="s">
         <v>56</v>
       </c>
       <c r="V55" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="W55" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="W55" s="5" t="s">
+      <c r="X55" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="X55" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y55" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Z55" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="AA55" s="5" t="s">
         <v>111</v>
       </c>
       <c r="AB55" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="AC55" s="5" t="s">
         <v>137</v>
       </c>
       <c r="AD55" s="5" t="s">
         <v>58</v>
       </c>
       <c r="AE55" s="5" t="s">
         <v>94</v>
       </c>
       <c r="AF55" s="5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="7">
         <v>551</v>
       </c>
       <c r="D56" s="7">
         <v>509</v>
       </c>
       <c r="E56" s="7">
@@ -3686,57 +3686,57 @@
       </c>
       <c r="AB57" s="5">
         <v>100</v>
       </c>
       <c r="AC57" s="7">
         <v>120</v>
       </c>
       <c r="AD57" s="5">
         <v>100</v>
       </c>
       <c r="AE57" s="5">
         <v>100</v>
       </c>
       <c r="AF57" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>36</v>
+        <v>93</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>58</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>59</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>95</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>118</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>96</v>
       </c>
       <c r="L59" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>97</v>
       </c>