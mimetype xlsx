--- v0 (2025-12-10)
+++ v1 (2025-12-13)
@@ -703,51 +703,51 @@
     <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="4">
-        <v>207</v>
+        <v>412</v>
       </c>
       <c r="D12" s="4">
         <v>412</v>
       </c>
       <c r="E12" s="4">
         <v>412</v>
       </c>
       <c r="F12" s="4">
         <v>412</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="B13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
@@ -886,51 +886,51 @@
         <v>9</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="B32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4">
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="D32" s="4">
         <v>379</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="B33" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>13</v>
@@ -938,95 +938,104 @@
     </row>
     <row r="36" spans="1:8">
       <c r="B36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="4">
         <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="B37" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="B40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="4">
+        <v>402</v>
+      </c>
+      <c r="D40" s="4">
         <v>408</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>372</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>359</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>419</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="B41" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
+      <c r="G41" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>7</v>
@@ -1064,93 +1073,102 @@
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="B48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="4">
+        <v>411</v>
+      </c>
+      <c r="D48" s="4">
         <v>449</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>427</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>459</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>389</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="B49" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
+        <v>100</v>
+      </c>
+      <c r="G49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="B52" s="5" t="s">