--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>Výsledky hráčů družstva SK Meteor Praha A na kuželně Meteor</t>
   </si>
   <si>
     <t>Ivo Steindl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>12.11.2025</t>
   </si>
   <si>
     <t>29.10.2025</t>
   </si>
   <si>
     <t>15.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
@@ -120,50 +120,53 @@
     <t>14.2.2024</t>
   </si>
   <si>
     <t>31.1.2024</t>
   </si>
   <si>
     <t>10.1.2024</t>
   </si>
   <si>
     <t>29.11.2023</t>
   </si>
   <si>
     <t>15.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jindra Pokorná</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
@@ -1373,54 +1376,54 @@
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J7" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>50</v>
       </c>
@@ -1442,146 +1445,146 @@
       <c r="X7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>442</v>
+      </c>
+      <c r="D8" s="4">
         <v>420</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>424</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>437</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>444</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>418</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>451</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>421</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>410</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>448</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>442</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>436</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>427</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>419</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>438</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>484</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>448</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>437</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>399</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>423</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>391</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>423</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>410</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>454</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>422</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>421</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>447</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>452</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>461</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1637,51 +1640,51 @@
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>9</v>
       </c>
@@ -1925,144 +1928,144 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>363</v>
       </c>
       <c r="D16" s="4">
         <v>441</v>
       </c>
       <c r="E16" s="4">
         <v>408</v>
       </c>
       <c r="F16" s="4">
         <v>424</v>
       </c>
       <c r="G16" s="4">
         <v>456</v>
       </c>
       <c r="H16" s="4">
         <v>442</v>
       </c>
       <c r="I16" s="4">
@@ -2213,51 +2216,51 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>10</v>
       </c>
@@ -2303,54 +2306,54 @@
       <c r="W19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>378</v>
       </c>
       <c r="D20" s="4">
         <v>396</v>
       </c>
       <c r="E20" s="4">
         <v>390</v>
       </c>
       <c r="F20" s="4">
         <v>404</v>
       </c>
       <c r="G20" s="4">
         <v>436</v>
       </c>
       <c r="H20" s="4">
         <v>405</v>
       </c>
       <c r="I20" s="4">
@@ -2501,144 +2504,144 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>432</v>
       </c>
       <c r="D24" s="4">
         <v>423</v>
       </c>
       <c r="E24" s="4">
         <v>399</v>
       </c>
       <c r="F24" s="4">
         <v>440</v>
       </c>
       <c r="G24" s="4">
         <v>412</v>
       </c>
       <c r="H24" s="4">
         <v>432</v>
       </c>
       <c r="I24" s="4">
@@ -2789,144 +2792,144 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>395</v>
       </c>
       <c r="D28" s="4">
         <v>389</v>
       </c>
       <c r="E28" s="4">
         <v>404</v>
       </c>
       <c r="F28" s="4">
         <v>432</v>
       </c>
       <c r="G28" s="4">
         <v>452</v>
       </c>
       <c r="H28" s="4">
         <v>420</v>
       </c>
       <c r="I28" s="4">
@@ -3077,144 +3080,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>436</v>
       </c>
       <c r="D32" s="4">
         <v>428</v>
       </c>
       <c r="E32" s="4">
         <v>448</v>
       </c>
       <c r="F32" s="4">
         <v>419</v>
       </c>
       <c r="G32" s="4">
         <v>424</v>
       </c>
       <c r="H32" s="4">
         <v>431</v>
       </c>
       <c r="I32" s="4">
@@ -3365,144 +3368,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>444</v>
       </c>
       <c r="D36" s="4">
         <v>449</v>
       </c>
       <c r="E36" s="4">
         <v>445</v>
       </c>
       <c r="F36" s="4">
         <v>418</v>
       </c>
       <c r="G36" s="4">
         <v>449</v>
       </c>
       <c r="H36" s="4">
         <v>433</v>
       </c>
       <c r="I36" s="4">
@@ -3653,51 +3656,51 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>11</v>
       </c>
@@ -3725,72 +3728,72 @@
       <c r="Q39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>405</v>
       </c>
       <c r="D40" s="4">
         <v>415</v>
       </c>
       <c r="E40" s="4">
         <v>416</v>
       </c>
       <c r="F40" s="4">
         <v>412</v>
       </c>
       <c r="G40" s="4">
         <v>383</v>
       </c>
       <c r="H40" s="4">
         <v>403</v>
       </c>
       <c r="I40" s="4">
@@ -3941,144 +3944,144 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>412</v>
       </c>
       <c r="D44" s="4">
         <v>407</v>
       </c>
       <c r="E44" s="4">
         <v>425</v>
       </c>
       <c r="F44" s="4">
         <v>393</v>
       </c>
       <c r="G44" s="4">
         <v>417</v>
       </c>
       <c r="H44" s="4">
         <v>413</v>
       </c>
       <c r="I44" s="4">
@@ -4229,51 +4232,51 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>10</v>
       </c>
@@ -4322,51 +4325,51 @@
       <c r="X47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>453</v>
       </c>
       <c r="D48" s="4">
         <v>424</v>
       </c>
       <c r="E48" s="4">
         <v>435</v>
       </c>
       <c r="F48" s="4">
         <v>458</v>
       </c>
       <c r="G48" s="4">
         <v>477</v>
       </c>
       <c r="H48" s="4">
         <v>479</v>
       </c>
       <c r="I48" s="4">
@@ -4517,51 +4520,51 @@
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>9</v>
       </c>
@@ -4592,69 +4595,69 @@
       <c r="R51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>26</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB51" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD51" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AE51" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AF51" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>424</v>
       </c>
       <c r="D52" s="4">
         <v>410</v>
       </c>
       <c r="E52" s="4">
         <v>417</v>
       </c>
       <c r="F52" s="4">
         <v>449</v>
       </c>
       <c r="G52" s="4">
         <v>441</v>
       </c>
       <c r="H52" s="4">
         <v>435</v>
       </c>
       <c r="I52" s="4">
@@ -4805,144 +4808,144 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N55" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="O55" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P55" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="R55" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="S55" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="T55" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="U55" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="V55" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="W55" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="X55" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="Y55" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="Z55" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AA55" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="AB55" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="AC55" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="AD55" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="AE55" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AF55" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>400</v>
       </c>
       <c r="D56" s="4">
         <v>388</v>
       </c>
       <c r="E56" s="4">
         <v>355</v>
       </c>
       <c r="F56" s="4">
         <v>375</v>
       </c>
       <c r="G56" s="4">
         <v>383</v>
       </c>
       <c r="H56" s="4">
         <v>393</v>
       </c>
       <c r="I56" s="4">
@@ -5093,144 +5096,144 @@
       </c>
       <c r="Z57" s="6">
         <v>100</v>
       </c>
       <c r="AA57" s="6">
         <v>100</v>
       </c>
       <c r="AB57" s="6">
         <v>100</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
       <c r="AD57" s="6">
         <v>100</v>
       </c>
       <c r="AE57" s="6">
         <v>100</v>
       </c>
       <c r="AF57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N59" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="O59" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P59" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Q59" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R59" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="S59" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="T59" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="U59" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="V59" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="W59" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="X59" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="Y59" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Z59" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AA59" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AB59" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AC59" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AD59" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AE59" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AF59" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>405</v>
       </c>
       <c r="D60" s="4">
         <v>398</v>
       </c>
       <c r="E60" s="4">
         <v>377</v>
       </c>
       <c r="F60" s="4">
         <v>405</v>
       </c>
       <c r="G60" s="4">
         <v>331</v>
       </c>
       <c r="H60" s="4">
         <v>379</v>
       </c>
       <c r="I60" s="4">