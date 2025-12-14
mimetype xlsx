--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -434,50 +434,53 @@
   <si>
     <t>16.1.2020</t>
   </si>
   <si>
     <t>11.4.2019</t>
   </si>
   <si>
     <t>8.11.2018</t>
   </si>
   <si>
     <t>Václav Šrajer</t>
   </si>
   <si>
     <t>9.11.2017</t>
   </si>
   <si>
     <t>26.10.2017</t>
   </si>
   <si>
     <t>21.9.2017</t>
   </si>
   <si>
     <t>Jan Petráček</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -507,53 +510,50 @@
     <t>26.3.2024</t>
   </si>
   <si>
     <t>12.3.2024</t>
   </si>
   <si>
     <t>13.2.2024</t>
   </si>
   <si>
     <t>31.10.2023</t>
   </si>
   <si>
     <t>17.10.2023</t>
   </si>
   <si>
     <t>3.10.2023</t>
   </si>
   <si>
     <t>19.9.2023</t>
   </si>
   <si>
     <t>11.4.2023</t>
   </si>
   <si>
     <t>14.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.3.2023</t>
   </si>
   <si>
     <t>Jiří Třešňák</t>
   </si>
   <si>
     <t>11.10.2018</t>
   </si>
   <si>
     <t>Zdeněk Míka</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>23.9.2025</t>
   </si>
   <si>
     <t>15.4.2025</t>
   </si>
   <si>
     <t>18.3.2025</t>
   </si>
@@ -2735,194 +2735,194 @@
       <c r="H31" s="6" t="s">
         <v>145</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>146</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>147</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>148</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>149</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>150</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>151</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>152</v>
       </c>
       <c r="P31" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q31" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>154</v>
       </c>
       <c r="S31" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>156</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>157</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>158</v>
       </c>
       <c r="X31" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>160</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>161</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>162</v>
       </c>
       <c r="AC31" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>164</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="4">
+        <v>378</v>
+      </c>
+      <c r="D32" s="4">
         <v>428</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>384</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>407</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>380</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>403</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>369</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>438</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>397</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>406</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>381</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>429</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>425</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>390</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>425</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>415</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>413</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>375</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>407</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>408</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>450</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>393</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>392</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>418</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>442</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>420</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>384</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>427</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>416</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3191,120 +3191,120 @@
       <c r="A39" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>171</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>172</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>173</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>174</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>175</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>176</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>177</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>178</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>179</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>180</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>181</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>182</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>183</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>184</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>185</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>186</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>187</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>188</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="4">
         <v>390</v>
       </c>
       <c r="D40" s="4">
         <v>406</v>
       </c>
       <c r="E40" s="4">
         <v>394</v>
       </c>
       <c r="F40" s="4">
         <v>400</v>
       </c>
       <c r="G40" s="4">
         <v>370</v>
       </c>
       <c r="H40" s="4">
         <v>383</v>
       </c>
       <c r="I40" s="4">