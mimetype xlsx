--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -164,50 +164,53 @@
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
   </si>
   <si>
     <t>7.3.2023</t>
   </si>
   <si>
     <t>21.2.2023</t>
   </si>
   <si>
     <t>17.1.2023</t>
   </si>
   <si>
     <t>8.2.2022</t>
   </si>
   <si>
     <t>29.9.2020</t>
   </si>
   <si>
     <t>Josef Tesař</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>11.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -248,53 +251,50 @@
   <si>
     <t>30.1.2024</t>
   </si>
   <si>
     <t>5.12.2023</t>
   </si>
   <si>
     <t>3.10.2023</t>
   </si>
   <si>
     <t>Jindra Pokorná</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>10.9.2025</t>
   </si>
   <si>
     <t>1.10.2024</t>
   </si>
   <si>
-    <t>1.11.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Jiří Novotný</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>2.10.2025</t>
   </si>
   <si>
     <t>18.9.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>31.10.2024</t>
@@ -413,261 +413,261 @@
   <si>
     <t>16.1.2018</t>
   </si>
   <si>
     <t>28.11.2017</t>
   </si>
   <si>
     <t>Jan Petráček</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>11.4.2023</t>
   </si>
   <si>
     <t>14.3.2023</t>
   </si>
   <si>
     <t>Josef Jurášek</t>
   </si>
   <si>
     <t>Ivana Vlková</t>
   </si>
   <si>
+    <t>Miroslava Martincová</t>
+  </si>
+  <si>
+    <t>19.11.2025</t>
+  </si>
+  <si>
+    <t>5.11.2025</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>8.10.2025</t>
+  </si>
+  <si>
+    <t>24.9.2025</t>
+  </si>
+  <si>
+    <t>9.4.2025</t>
+  </si>
+  <si>
+    <t>26.3.2025</t>
+  </si>
+  <si>
+    <t>12.3.2025</t>
+  </si>
+  <si>
+    <t>26.2.2025</t>
+  </si>
+  <si>
+    <t>19.2.2025</t>
+  </si>
+  <si>
+    <t>5.2.2025</t>
+  </si>
+  <si>
+    <t>15.1.2025</t>
+  </si>
+  <si>
+    <t>4.12.2024</t>
+  </si>
+  <si>
+    <t>26.11.2024</t>
+  </si>
+  <si>
+    <t>20.11.2024</t>
+  </si>
+  <si>
+    <t>6.11.2024</t>
+  </si>
+  <si>
+    <t>23.10.2024</t>
+  </si>
+  <si>
+    <t>2.10.2024</t>
+  </si>
+  <si>
+    <t>18.9.2024</t>
+  </si>
+  <si>
+    <t>20.3.2024</t>
+  </si>
+  <si>
+    <t>15.3.2024</t>
+  </si>
+  <si>
+    <t>6.3.2024</t>
+  </si>
+  <si>
+    <t>7.2.2024</t>
+  </si>
+  <si>
+    <t>13.12.2023</t>
+  </si>
+  <si>
+    <t>6.12.2023</t>
+  </si>
+  <si>
+    <t>4.12.2023</t>
+  </si>
+  <si>
+    <t>22.11.2023</t>
+  </si>
+  <si>
+    <t>25.10.2023</t>
+  </si>
+  <si>
+    <t>11.10.2023</t>
+  </si>
+  <si>
+    <t>Vladimír Dvořák</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>11.11.2025</t>
+  </si>
+  <si>
+    <t>30.10.2025</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>7.10.2025</t>
+  </si>
+  <si>
+    <t>23.9.2025</t>
+  </si>
+  <si>
+    <t>15.4.2025</t>
+  </si>
+  <si>
+    <t>1.4.2025</t>
+  </si>
+  <si>
+    <t>18.3.2025</t>
+  </si>
+  <si>
+    <t>4.3.2025</t>
+  </si>
+  <si>
+    <t>11.2.2025</t>
+  </si>
+  <si>
+    <t>28.1.2025</t>
+  </si>
+  <si>
+    <t>21.1.2025</t>
+  </si>
+  <si>
+    <t>10.12.2024</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>12.11.2024</t>
+  </si>
+  <si>
+    <t>29.10.2024</t>
+  </si>
+  <si>
+    <t>9.4.2024</t>
+  </si>
+  <si>
+    <t>11.3.2024</t>
+  </si>
+  <si>
+    <t>5.3.2024</t>
+  </si>
+  <si>
+    <t>20.2.2024</t>
+  </si>
+  <si>
+    <t>6.2.2024</t>
+  </si>
+  <si>
+    <t>Petra Grulichová</t>
+  </si>
+  <si>
+    <t>3.4.2024</t>
+  </si>
+  <si>
+    <t>10.10.2023</t>
+  </si>
+  <si>
+    <t>27.9.2023</t>
+  </si>
+  <si>
+    <t>21.9.2023</t>
+  </si>
+  <si>
+    <t>12.9.2023</t>
+  </si>
+  <si>
+    <t>26.4.2023</t>
+  </si>
+  <si>
+    <t>5.4.2023</t>
+  </si>
+  <si>
+    <t>31.3.2023</t>
+  </si>
+  <si>
+    <t>22.3.2023</t>
+  </si>
+  <si>
+    <t>15.2.2023</t>
+  </si>
+  <si>
+    <t>1.2.2023</t>
+  </si>
+  <si>
+    <t>30.11.2022</t>
+  </si>
+  <si>
+    <t>12.10.2022</t>
+  </si>
+  <si>
+    <t>4.3.2022</t>
+  </si>
+  <si>
+    <t>2.3.2022</t>
+  </si>
+  <si>
+    <t>Přemysl Šámal</t>
+  </si>
+  <si>
     <t>7.2.2023</t>
-  </si>
-[...208 lines deleted...]
-    <t>Přemysl Šámal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1712,170 +1712,170 @@
       <c r="P11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AD11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>409</v>
       </c>
       <c r="D12" s="4">
+        <v>409</v>
+      </c>
+      <c r="E12" s="4">
         <v>471</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>411</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>461</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>409</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>426</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>407</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>414</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>397</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>424</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>404</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>408</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>424</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>422</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>433</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>427</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>445</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>411</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>404</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>446</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="Y12" s="4">
         <v>431</v>
       </c>
       <c r="Z12" s="4">
+        <v>431</v>
+      </c>
+      <c r="AA12" s="4">
         <v>397</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>427</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>426</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>421</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>448</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1931,239 +1931,239 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AB15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AD15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>442</v>
+      </c>
+      <c r="D16" s="4">
         <v>420</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>424</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>437</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>444</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>418</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>451</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>421</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>410</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>448</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>442</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>436</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>427</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>419</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>438</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>484</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>448</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>437</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>399</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>423</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>391</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>423</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>410</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>454</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>422</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>421</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>447</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>452</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>461</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -2246,51 +2246,51 @@
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>89</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>91</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>92</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>36</v>
       </c>
@@ -2807,227 +2807,227 @@
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X27" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AA27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB27" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>378</v>
+      </c>
+      <c r="D28" s="4">
         <v>428</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>384</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>407</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>380</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>403</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>369</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>438</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>397</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>406</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>381</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>429</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>425</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>390</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>425</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>415</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>413</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>375</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>407</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>408</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>450</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>393</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>392</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>418</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>442</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>420</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>384</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>427</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>416</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -3101,221 +3101,221 @@
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V31" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>438</v>
+      </c>
+      <c r="D32" s="4">
         <v>418</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>425</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>412</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>423</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>389</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>367</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>399</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>432</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>424</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>409</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>377</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>422</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>369</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>401</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>449</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>426</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>379</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>431</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>412</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>414</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>408</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>385</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>402</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>388</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>413</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>366</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>391</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>364</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3389,221 +3389,221 @@
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>56</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Y35" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>412</v>
+      </c>
+      <c r="D36" s="4">
         <v>411</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>414</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>412</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>423</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>381</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>387</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>416</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>385</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>383</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>428</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>437</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>430</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>400</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>390</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>414</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>409</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>386</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>427</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>392</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>398</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>396</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>403</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>449</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>414</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>394</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>426</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>448</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>403</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3659,144 +3659,144 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="K39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>437</v>
       </c>
       <c r="D40" s="4">
         <v>433</v>
       </c>
       <c r="E40" s="4">
         <v>419</v>
       </c>
       <c r="F40" s="4">
         <v>417</v>
       </c>
       <c r="G40" s="4">
         <v>426</v>
       </c>
       <c r="H40" s="4">
         <v>426</v>
       </c>
       <c r="I40" s="4">
@@ -3947,141 +3947,141 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F43" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="G43" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="H43" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="H43" s="6" t="s">
+      <c r="I43" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="M43" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="L43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M43" s="6" t="s">
+      <c r="N43" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O43" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="N43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>83</v>
       </c>
       <c r="R43" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="S43" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="T43" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="W43" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="V43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>418</v>
       </c>
       <c r="D44" s="4">
         <v>400</v>
       </c>
       <c r="E44" s="4">
         <v>428</v>
       </c>
       <c r="F44" s="4">
         <v>408</v>
       </c>
       <c r="G44" s="4">
         <v>396</v>
       </c>
       <c r="H44" s="4">
@@ -4235,144 +4235,144 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E47" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="G47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H47" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="I47" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="J47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="L47" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="N47" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="O47" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="P47" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q47" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="R47" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="S47" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="M47" s="6" t="s">
-[...17 lines deleted...]
-      <c r="S47" s="6" t="s">
+      <c r="T47" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>195</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>196</v>
       </c>
-      <c r="AA47" s="6" t="s">
+      <c r="AB47" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="AB47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>198</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
         <v>200</v>
       </c>
-      <c r="AE47" s="6" t="s">
+      <c r="AF47" s="6" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>388</v>
       </c>
       <c r="D48" s="4">
         <v>351</v>
       </c>
       <c r="E48" s="4">
         <v>377</v>
       </c>
       <c r="F48" s="4">
         <v>410</v>
       </c>
       <c r="G48" s="4">
         <v>421</v>
       </c>
       <c r="H48" s="4">
         <v>392</v>
       </c>
       <c r="I48" s="4">
@@ -4523,239 +4523,239 @@
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>57</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W51" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="X51" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Y51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z51" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA51" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AB51" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AE51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF51" s="6" t="s">
-        <v>46</v>
+        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>410</v>
+      </c>
+      <c r="D52" s="4">
         <v>442</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>371</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>405</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>394</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>373</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>415</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>408</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>399</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>387</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>382</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>423</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>420</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>430</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>424</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>389</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>397</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>400</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>394</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>421</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>426</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>406</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>395</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>445</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>407</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>380</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>442</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>418</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>402</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">