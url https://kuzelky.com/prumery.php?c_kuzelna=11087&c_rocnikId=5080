--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -164,50 +164,53 @@
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
   </si>
   <si>
     <t>7.3.2023</t>
   </si>
   <si>
     <t>21.2.2023</t>
   </si>
   <si>
     <t>17.1.2023</t>
   </si>
   <si>
     <t>8.2.2022</t>
   </si>
   <si>
     <t>29.9.2020</t>
   </si>
   <si>
     <t>Josef Tesař</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>11.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -246,53 +249,50 @@
     <t>13.2.2024</t>
   </si>
   <si>
     <t>30.1.2024</t>
   </si>
   <si>
     <t>5.12.2023</t>
   </si>
   <si>
     <t>3.10.2023</t>
   </si>
   <si>
     <t>Jindra Pokorná</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>10.9.2025</t>
   </si>
   <si>
     <t>1.10.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.11.2023</t>
   </si>
   <si>
     <t>Vladimír Vošický</t>
   </si>
   <si>
     <t>17.9.2019</t>
   </si>
   <si>
     <t>26.3.2019</t>
   </si>
   <si>
     <t>19.2.2019</t>
   </si>
   <si>
     <t>5.2.2019</t>
   </si>
   <si>
     <t>15.1.2019</t>
   </si>
   <si>
     <t>27.11.2018</t>
   </si>
   <si>
     <t>13.11.2018</t>
   </si>
@@ -1406,170 +1406,170 @@
       <c r="P11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AD11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>409</v>
       </c>
       <c r="D12" s="4">
+        <v>409</v>
+      </c>
+      <c r="E12" s="4">
         <v>471</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>411</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>461</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>409</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>426</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>407</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>414</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>397</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>424</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>404</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>408</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>424</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>422</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>433</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>427</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>445</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>411</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>404</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>446</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="Y12" s="4">
         <v>431</v>
       </c>
       <c r="Z12" s="4">
+        <v>431</v>
+      </c>
+      <c r="AA12" s="4">
         <v>397</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>427</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>426</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>421</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>448</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1625,239 +1625,239 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AB15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AD15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>442</v>
+      </c>
+      <c r="D16" s="4">
         <v>420</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>424</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>437</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>444</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>418</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>451</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>421</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>410</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>448</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>442</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>436</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>427</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>419</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>438</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>484</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>448</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>437</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>399</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>423</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>391</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>423</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>410</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>454</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>422</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>421</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>447</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>452</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>461</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -2219,221 +2219,221 @@
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>64</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V23" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="W23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X23" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>438</v>
+      </c>
+      <c r="D24" s="4">
         <v>418</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>425</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>412</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>423</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>389</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>367</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>399</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>432</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>424</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>409</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>377</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>422</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>369</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>401</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>449</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>426</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>379</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>431</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>412</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>414</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>408</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>385</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>402</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>388</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>413</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>366</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>391</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>364</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2507,221 +2507,221 @@
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W27" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="X27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Y27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z27" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>410</v>
+      </c>
+      <c r="D28" s="4">
         <v>442</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>371</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>405</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>394</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>373</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>415</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>408</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>399</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>387</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>382</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>423</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>420</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>430</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>424</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>389</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>397</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>400</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>394</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>421</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>426</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>406</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>395</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>445</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>407</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>380</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>442</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>418</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>402</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">