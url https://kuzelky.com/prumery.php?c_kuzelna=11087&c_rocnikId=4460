--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -332,50 +332,53 @@
   <si>
     <t>16.1.2020</t>
   </si>
   <si>
     <t>11.4.2019</t>
   </si>
   <si>
     <t>8.11.2018</t>
   </si>
   <si>
     <t>Václav Šrajer</t>
   </si>
   <si>
     <t>9.11.2017</t>
   </si>
   <si>
     <t>26.10.2017</t>
   </si>
   <si>
     <t>21.9.2017</t>
   </si>
   <si>
     <t>Jan Petráček</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -408,53 +411,50 @@
     <t>26.3.2024</t>
   </si>
   <si>
     <t>12.3.2024</t>
   </si>
   <si>
     <t>13.2.2024</t>
   </si>
   <si>
     <t>31.10.2023</t>
   </si>
   <si>
     <t>17.10.2023</t>
   </si>
   <si>
     <t>3.10.2023</t>
   </si>
   <si>
     <t>19.9.2023</t>
   </si>
   <si>
     <t>11.4.2023</t>
   </si>
   <si>
     <t>14.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.3.2023</t>
   </si>
   <si>
     <t>Jiří Třešňák</t>
   </si>
   <si>
     <t>11.10.2018</t>
   </si>
   <si>
     <t>Zdeněk Míka</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>5.11.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>23.9.2025</t>
   </si>
   <si>
     <t>15.4.2025</t>
   </si>
@@ -2267,194 +2267,194 @@
       <c r="H23" s="6" t="s">
         <v>111</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>112</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>114</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>115</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>116</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>118</v>
       </c>
       <c r="P23" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q23" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>120</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X23" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AC23" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AD23" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="4">
+        <v>378</v>
+      </c>
+      <c r="D24" s="4">
         <v>428</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>384</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>407</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>380</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>403</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>369</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>438</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>397</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>406</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>381</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>429</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>425</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>390</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>425</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>415</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>413</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>375</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>407</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>408</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>450</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>393</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>392</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>418</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>442</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>420</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>384</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>427</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>416</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2723,120 +2723,120 @@
       <c r="A31" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>140</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>142</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>143</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>144</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>145</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>146</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>147</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>148</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>149</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>150</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>151</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>152</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>153</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>154</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>155</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>157</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>158</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="4">
         <v>390</v>
       </c>
       <c r="D32" s="4">
         <v>406</v>
       </c>
       <c r="E32" s="4">
         <v>394</v>
       </c>
       <c r="F32" s="4">
         <v>400</v>
       </c>
       <c r="G32" s="4">
         <v>370</v>
       </c>
       <c r="H32" s="4">
         <v>383</v>
       </c>
       <c r="I32" s="4">