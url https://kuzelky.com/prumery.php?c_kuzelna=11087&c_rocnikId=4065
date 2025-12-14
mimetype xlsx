--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Výsledky hráčů družstva KK Slavoj Praha B na kuželně Meteor</t>
   </si>
   <si>
     <t>Roman Cypro</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Stanislav Březina</t>
   </si>
   <si>
     <t>17.3.2025</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
@@ -93,50 +93,53 @@
     <t>Anton Stašák</t>
   </si>
   <si>
     <t>Jiří Kašpar</t>
   </si>
   <si>
     <t>Jaroslav Hažva</t>
   </si>
   <si>
     <t>Kateřina Holanová</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>František Rusín</t>
   </si>
   <si>
     <t>Josef Dvořák</t>
   </si>
   <si>
     <t>26.11.2019</t>
   </si>
   <si>
     <t>Hana Zdražilová</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>28.11.2023</t>
   </si>
   <si>
     <t>18.4.2023</t>
   </si>
   <si>
     <t>Petr Pravlovský</t>
   </si>
   <si>
     <t>Viktor Jungbauer</t>
   </si>
   <si>
     <t>Zdeněk Fůra</t>
   </si>
   <si>
     <t>29.9.2020</t>
   </si>
   <si>
     <t>15.1.2019</t>
   </si>
   <si>
     <t>9.1.2018</t>
   </si>
@@ -1049,129 +1052,138 @@
         <v>491</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E47" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C48" s="4">
+        <v>411</v>
+      </c>
+      <c r="D48" s="4">
         <v>449</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>427</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>459</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>389</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
+      <c r="G49" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C52" s="4">
         <v>435</v>
       </c>
       <c r="D52" s="4">
         <v>385</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C56" s="4">
@@ -1190,66 +1202,66 @@
         <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="4">
         <v>389</v>
       </c>
       <c r="D60" s="4">
         <v>420</v>
       </c>
       <c r="E60" s="4">
         <v>416</v>
       </c>
       <c r="F60" s="4">
         <v>454</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="6">
         <v>100</v>